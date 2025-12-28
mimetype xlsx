--- v0 (2025-10-10)
+++ v1 (2025-12-28)
@@ -155,62 +155,62 @@
   <si>
     <t>Nassauvia glomerulosa</t>
   </si>
   <si>
     <t>Pappostipa humilis</t>
   </si>
   <si>
     <t>Atriplex lampa</t>
   </si>
   <si>
     <t>Chenopodiaceae</t>
   </si>
   <si>
     <t>Subarbusto</t>
   </si>
   <si>
     <t>Tetraglochin caespitosa</t>
   </si>
   <si>
     <t>Rosaceae</t>
   </si>
   <si>
     <t>Poa ligularis</t>
   </si>
   <si>
+    <t>Jarava neaei</t>
+  </si>
+  <si>
     <t>Frankenia patagonica</t>
   </si>
   <si>
     <t>Frankeniaceae</t>
   </si>
   <si>
     <t>SADS 84/2010 Categoría III</t>
   </si>
   <si>
-    <t>Jarava neaei</t>
-[...1 lines deleted...]
-  <si>
     <t>Maihuenia patagonica</t>
   </si>
   <si>
     <t>Cactaceae</t>
   </si>
   <si>
     <t>Suculenta</t>
   </si>
   <si>
     <t>IUCN Preocupación Menor</t>
   </si>
   <si>
     <t>Erodium cicutaium</t>
   </si>
   <si>
     <t>Geraniaceae</t>
   </si>
   <si>
     <t>Introducida</t>
   </si>
   <si>
     <t>Ephedra ochreata</t>
   </si>
   <si>
     <t>Ephedraceae</t>
@@ -245,86 +245,86 @@
   <si>
     <t>Schismus barbatus</t>
   </si>
   <si>
     <t>Nardophyllum  chiliotrichioides</t>
   </si>
   <si>
     <t>Chuquiraga aurea</t>
   </si>
   <si>
     <t>Berberis microphylla</t>
   </si>
   <si>
     <t>Berberidaceae</t>
   </si>
   <si>
     <t>Schinus roigii</t>
   </si>
   <si>
     <t>Bougainvillea spinosa</t>
   </si>
   <si>
     <t>Nyctaginaceae</t>
   </si>
   <si>
+    <t>Prosopidastrum globosum</t>
+  </si>
+  <si>
     <t>Adesmia volckmannii</t>
   </si>
   <si>
-    <t>Prosopidastrum globosum</t>
-[...1 lines deleted...]
-  <si>
     <t>Hoffmannseggia erecta</t>
   </si>
   <si>
     <t>Larrea nitida</t>
   </si>
   <si>
     <t>Zygophyllaceae</t>
   </si>
   <si>
     <t xml:space="preserve">Bromus </t>
   </si>
   <si>
     <t>Cryptantha patagonica</t>
   </si>
   <si>
     <t>Boraginaceae</t>
   </si>
   <si>
     <t>Hordeum comosum</t>
   </si>
   <si>
+    <t>Nardophyllum bryoides</t>
+  </si>
+  <si>
     <t>Boopis anthemoides</t>
   </si>
   <si>
     <t>Calyceraceae</t>
   </si>
   <si>
-    <t>Nardophyllum bryoides</t>
-[...1 lines deleted...]
-  <si>
     <t>Prosopis alpataco</t>
   </si>
   <si>
     <t>Colliguaja intergerrima</t>
   </si>
   <si>
     <t>Euphorbiaceae</t>
   </si>
   <si>
     <t>Atriplex sagittifolia</t>
   </si>
   <si>
     <t>Maihueniopsis darwinii</t>
   </si>
   <si>
     <t>Chuquiraga erinacea</t>
   </si>
   <si>
     <t>Bromus setifolius</t>
   </si>
   <si>
     <t>Diplotaxis tenuifolia</t>
   </si>
   <si>
     <t>Brassicaceae</t>
@@ -350,176 +350,176 @@
   <si>
     <t>Olsynium junceum</t>
   </si>
   <si>
     <t>Iridaceae</t>
   </si>
   <si>
     <t>Senecio sp</t>
   </si>
   <si>
     <t>Camissonia dentata</t>
   </si>
   <si>
     <t>Onagraceae</t>
   </si>
   <si>
     <t>Nassauvia fuegiana</t>
   </si>
   <si>
     <t>Larrea ameghinoi</t>
   </si>
   <si>
     <t>Junellia tonini var tonini</t>
   </si>
   <si>
+    <t>Junellia sp</t>
+  </si>
+  <si>
     <t>Nassauvia sp</t>
   </si>
   <si>
-    <t>Junellia sp</t>
-[...1 lines deleted...]
-  <si>
     <t>Pleurophora patagonica</t>
   </si>
   <si>
     <t>Lythraceae</t>
   </si>
   <si>
     <t>Festuca australis</t>
   </si>
   <si>
+    <t>Pectocarya linearis</t>
+  </si>
+  <si>
     <t>Arjona tuberosa</t>
   </si>
   <si>
     <t>Schoepfiaceae</t>
   </si>
   <si>
-    <t>Pectocarya linearis</t>
-[...1 lines deleted...]
-  <si>
     <t>Cerastium arvense</t>
   </si>
   <si>
     <t>Caryophyllaceae</t>
   </si>
   <si>
     <t>Gilia crassifolia</t>
   </si>
   <si>
     <t>Polemoniaceae</t>
   </si>
   <si>
     <t>Spegazziniophytum patagonicum</t>
   </si>
   <si>
     <t>Nassella tenuis</t>
   </si>
   <si>
+    <t>Amsinckia calycina</t>
+  </si>
+  <si>
     <t>Austrocactus patagonico</t>
   </si>
   <si>
-    <t>Amsinckia calycina</t>
-[...1 lines deleted...]
-  <si>
     <t>Junellia seriphioides</t>
   </si>
   <si>
     <t>Junellia spissa</t>
   </si>
   <si>
     <t>Baccharis linearis</t>
   </si>
   <si>
     <t>Schinus sp</t>
   </si>
   <si>
     <t>Calceolaria polyrrhiza</t>
   </si>
   <si>
     <t>Calceolariaceae</t>
   </si>
   <si>
     <t>Mulguraea cedroides</t>
   </si>
   <si>
+    <t>Zephyranthes gilliesiana</t>
+  </si>
+  <si>
+    <t>Amaranthaceae</t>
+  </si>
+  <si>
     <t>Arjona patagonica</t>
   </si>
   <si>
     <t>Cryptantha globulifera</t>
   </si>
   <si>
     <t>Gutierrezia gilliesii</t>
   </si>
   <si>
     <t>Distichlis scoparia</t>
   </si>
   <si>
-    <t>Zephyranthes gilliesiana</t>
-[...4 lines deleted...]
-  <si>
     <t>Senecio bracteolatus</t>
   </si>
   <si>
     <t>Sporobolus sp</t>
   </si>
   <si>
     <t>Acaena caespitosa</t>
   </si>
   <si>
     <t>Baccharis tenella</t>
   </si>
   <si>
     <t>Junellia tonini</t>
   </si>
   <si>
     <t>Suaeda divaricata</t>
   </si>
   <si>
     <t>Baccharis spartioides</t>
   </si>
   <si>
+    <t>Cyclolepis genistoides</t>
+  </si>
+  <si>
     <t>Euphorbia collina</t>
   </si>
   <si>
     <t>Juncus balticus</t>
   </si>
   <si>
     <t>Juncaceae</t>
   </si>
   <si>
     <t>Brachyclados caespitosus</t>
   </si>
   <si>
     <t>Distichlis spicata</t>
   </si>
   <si>
-    <t>Cyclolepis genistoides</t>
-[...1 lines deleted...]
-  <si>
     <t>Ephedra chilensis</t>
   </si>
   <si>
     <t>Senecio subulatus</t>
   </si>
   <si>
     <t>Mulguraea tetragonocalyx</t>
   </si>
   <si>
     <t>Retanilla patagonica</t>
   </si>
   <si>
     <t>Rhamnaceae</t>
   </si>
   <si>
     <t>Brachyclados</t>
   </si>
   <si>
     <t>Sphaeralcea mendocina</t>
   </si>
   <si>
     <t>Malvaceae</t>
   </si>
   <si>
     <t>Pinnasa bergii</t>
@@ -527,261 +527,261 @@
   <si>
     <t>Loasaceae</t>
   </si>
   <si>
     <t>Fabiana nana</t>
   </si>
   <si>
     <t>Carex subantarctica</t>
   </si>
   <si>
     <t>Cyperaceae</t>
   </si>
   <si>
     <t>Montiopsis copiapina</t>
   </si>
   <si>
     <t>Montiaceae</t>
   </si>
   <si>
     <t>Camelina microcarpa</t>
   </si>
   <si>
     <t>Mutisia retrorsa</t>
   </si>
   <si>
+    <t>Perezia recurvata</t>
+  </si>
+  <si>
     <t>Adesmia villosa</t>
   </si>
   <si>
-    <t>Perezia recurvata</t>
-[...1 lines deleted...]
-  <si>
     <t>Blitum nuttallianum</t>
   </si>
   <si>
     <t>Sisyrinchium arenarium</t>
   </si>
   <si>
     <t>Astragalus pehuenches</t>
   </si>
   <si>
     <t>Lycium gilliesianum</t>
   </si>
   <si>
+    <t>Lepidium perfoliatum</t>
+  </si>
+  <si>
     <t>Brachyclados megalanthus</t>
   </si>
   <si>
     <t>Azorella sp</t>
   </si>
   <si>
+    <t>Leucheria achillaeifolia</t>
+  </si>
+  <si>
     <t>Brachyclados sp</t>
   </si>
   <si>
     <t>Arbolito</t>
   </si>
   <si>
-    <t>Leucheria achillaeifolia</t>
-[...1 lines deleted...]
-  <si>
     <t>Solanum triflorum</t>
   </si>
   <si>
     <t>Discaria americana</t>
   </si>
   <si>
     <t>Acaena poeppigiana</t>
   </si>
   <si>
+    <t>Adesmia ameghinoi</t>
+  </si>
+  <si>
     <t>Junellia connatibracteata</t>
   </si>
   <si>
-    <t>Adesmia ameghinoi</t>
-[...1 lines deleted...]
-  <si>
     <t>Suaeda patagonica Speg</t>
   </si>
   <si>
-    <t>Lepidium perfoliatum</t>
+    <t>Distichlis australis</t>
+  </si>
+  <si>
+    <t>Salsola kali</t>
   </si>
   <si>
     <t>Adesmia lotoides</t>
   </si>
   <si>
     <t>Nassauvia aculeata</t>
   </si>
   <si>
-    <t>Salsola kali</t>
-[...1 lines deleted...]
-  <si>
     <t>Duseniella patagonica</t>
   </si>
   <si>
     <t>Junellia thymifolia</t>
   </si>
   <si>
     <t>Senecio patagonicus</t>
   </si>
   <si>
+    <t>Hypochaeris incana</t>
+  </si>
+  <si>
     <t>Plantago myosuros</t>
   </si>
   <si>
-    <t>Hypochaeris incana</t>
-[...1 lines deleted...]
-  <si>
     <t>Polygala darwiniana</t>
   </si>
   <si>
     <t>Polygalaceae</t>
   </si>
   <si>
     <t>Tristagma patagonicum</t>
   </si>
   <si>
     <t>Amaryllidaceae</t>
   </si>
   <si>
+    <t>Chuquiraga straminea</t>
+  </si>
+  <si>
     <t>Polygonum aviculare</t>
   </si>
   <si>
-    <t>Chuquiraga straminea</t>
-[...1 lines deleted...]
-  <si>
     <t>Adesmia candida</t>
   </si>
   <si>
     <t>Mulguraea tridens</t>
   </si>
   <si>
-    <t>Distichlis australis</t>
+    <t>Anthemis cotula</t>
+  </si>
+  <si>
+    <t>Adesmia longipes</t>
+  </si>
+  <si>
+    <t>Cactacea sp</t>
+  </si>
+  <si>
+    <t>No Definido</t>
   </si>
   <si>
     <t>Doniophyton anomalum</t>
   </si>
   <si>
     <t>Chenopodium album</t>
   </si>
   <si>
+    <t>Junellia tridactylites</t>
+  </si>
+  <si>
+    <t>Neosparton aphyllum</t>
+  </si>
+  <si>
     <t>Ameghinoa patagonica</t>
   </si>
   <si>
-    <t>Junellia tridactylites</t>
-[...4 lines deleted...]
-  <si>
     <t>Lecanophora chubutensis</t>
   </si>
   <si>
+    <t>Lecanophora subacaulis</t>
+  </si>
+  <si>
+    <t>Perezia pilifera</t>
+  </si>
+  <si>
     <t>Senecio sericeonitens</t>
   </si>
   <si>
     <t>Astragalus cruckshanksii</t>
   </si>
   <si>
-    <t>Lecanophora subacaulis</t>
-[...2 lines deleted...]
-    <t>Perezia pilifera</t>
+    <t>Lepidium appelianum</t>
   </si>
   <si>
     <t>Perezia sp</t>
   </si>
   <si>
-    <t>Lepidium appelianum</t>
+    <t>Galium aparine</t>
+  </si>
+  <si>
+    <t>Rubiaceae</t>
   </si>
   <si>
     <t>Phacelia secunda var secunda</t>
   </si>
   <si>
-    <t>Galium aparine</t>
-[...2 lines deleted...]
-    <t>Rubiaceae</t>
+    <t>Glandularia macrosperma</t>
+  </si>
+  <si>
+    <t>Lycium repens</t>
+  </si>
+  <si>
+    <t>SADS 84/2010 Categoría V</t>
   </si>
   <si>
     <t>Phacelia sinuata</t>
   </si>
   <si>
     <t>Condalia microphylla</t>
   </si>
   <si>
-    <t>Glandularia macrosperma</t>
-[...7 lines deleted...]
-  <si>
     <t>Marrubium vulgare</t>
   </si>
   <si>
     <t>Lamiaceae</t>
   </si>
   <si>
     <t>Nassauvia chubutensis</t>
   </si>
   <si>
     <t>Triglochin concinna</t>
   </si>
   <si>
     <t>Juncaginaceae</t>
   </si>
   <si>
+    <t>Acaena platyacantha</t>
+  </si>
+  <si>
     <t>Polygala desiderata</t>
   </si>
   <si>
-    <t>Acaena platyacantha</t>
+    <t>Bassia scoparia</t>
+  </si>
+  <si>
+    <t>Corynabutilon bicolor</t>
   </si>
   <si>
     <t>Pterocactus australis</t>
   </si>
   <si>
-    <t>Bassia scoparia</t>
-[...2 lines deleted...]
-    <t>Corynabutilon bicolor</t>
+    <t>Adesmia corymbosa</t>
   </si>
   <si>
     <t>Junellia micrantha</t>
-  </si>
-[...13 lines deleted...]
-    <t>Adesmia longipes</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -1620,101 +1620,101 @@
       </c>
       <c r="D18" t="s">
         <v>12</v>
       </c>
       <c r="E18" t="s">
         <v>20</v>
       </c>
       <c r="F18" t="s">
         <v>14</v>
       </c>
       <c r="G18">
         <v>4.7333</v>
       </c>
       <c r="H18">
         <v>37.5</v>
       </c>
       <c r="I18">
         <v>4.7333</v>
       </c>
     </row>
     <row r="19" spans="1:9">
       <c r="A19" t="s">
         <v>47</v>
       </c>
       <c r="B19" t="s">
-        <v>48</v>
+        <v>10</v>
       </c>
       <c r="C19" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="D19" t="s">
-        <v>19</v>
+        <v>12</v>
       </c>
       <c r="E19" t="s">
         <v>20</v>
       </c>
       <c r="F19" t="s">
-        <v>49</v>
+        <v>14</v>
       </c>
       <c r="G19">
-        <v>17.4429</v>
+        <v>2.8571</v>
       </c>
       <c r="H19">
         <v>35.0</v>
       </c>
       <c r="I19">
-        <v>17.4429</v>
+        <v>2.8571</v>
       </c>
     </row>
     <row r="20" spans="1:9">
       <c r="A20" t="s">
+        <v>48</v>
+      </c>
+      <c r="B20" t="s">
+        <v>49</v>
+      </c>
+      <c r="C20" t="s">
+        <v>18</v>
+      </c>
+      <c r="D20" t="s">
+        <v>19</v>
+      </c>
+      <c r="E20" t="s">
+        <v>20</v>
+      </c>
+      <c r="F20" t="s">
         <v>50</v>
       </c>
-      <c r="B20" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="G20">
-        <v>2.8571</v>
+        <v>17.4429</v>
       </c>
       <c r="H20">
         <v>35.0</v>
       </c>
       <c r="I20">
-        <v>2.8571</v>
+        <v>17.4429</v>
       </c>
     </row>
     <row r="21" spans="1:9">
       <c r="A21" t="s">
         <v>51</v>
       </c>
       <c r="B21" t="s">
         <v>52</v>
       </c>
       <c r="C21" t="s">
         <v>53</v>
       </c>
       <c r="D21" t="s">
         <v>19</v>
       </c>
       <c r="E21" t="s">
         <v>20</v>
       </c>
       <c r="F21" t="s">
         <v>54</v>
       </c>
       <c r="G21">
         <v>3.1618</v>
       </c>
       <c r="H21">
@@ -1893,51 +1893,51 @@
       </c>
       <c r="H27">
         <v>25.0</v>
       </c>
       <c r="I27">
         <v>8.54</v>
       </c>
     </row>
     <row r="28" spans="1:9">
       <c r="A28" t="s">
         <v>66</v>
       </c>
       <c r="B28" t="s">
         <v>17</v>
       </c>
       <c r="C28" t="s">
         <v>18</v>
       </c>
       <c r="D28" t="s">
         <v>19</v>
       </c>
       <c r="E28" t="s">
         <v>20</v>
       </c>
       <c r="F28" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="G28">
         <v>3.3878</v>
       </c>
       <c r="H28">
         <v>24.5</v>
       </c>
       <c r="I28">
         <v>3.3878</v>
       </c>
     </row>
     <row r="29" spans="1:9">
       <c r="A29" t="s">
         <v>67</v>
       </c>
       <c r="B29" t="s">
         <v>10</v>
       </c>
       <c r="C29" t="s">
         <v>11</v>
       </c>
       <c r="D29" t="s">
         <v>19</v>
       </c>
       <c r="E29" t="s">
@@ -2096,51 +2096,51 @@
       </c>
       <c r="H34">
         <v>19.0</v>
       </c>
       <c r="I34">
         <v>7.4211</v>
       </c>
     </row>
     <row r="35" spans="1:9">
       <c r="A35" t="s">
         <v>74</v>
       </c>
       <c r="B35" t="s">
         <v>38</v>
       </c>
       <c r="C35" t="s">
         <v>18</v>
       </c>
       <c r="D35" t="s">
         <v>19</v>
       </c>
       <c r="E35" t="s">
         <v>20</v>
       </c>
       <c r="F35" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="G35">
         <v>3.0541</v>
       </c>
       <c r="H35">
         <v>18.5</v>
       </c>
       <c r="I35">
         <v>3.0541</v>
       </c>
     </row>
     <row r="36" spans="1:9">
       <c r="A36" t="s">
         <v>75</v>
       </c>
       <c r="B36" t="s">
         <v>76</v>
       </c>
       <c r="C36" t="s">
         <v>18</v>
       </c>
       <c r="D36" t="s">
         <v>19</v>
       </c>
       <c r="E36" t="s">
@@ -2154,89 +2154,89 @@
       </c>
       <c r="H36">
         <v>18.5</v>
       </c>
       <c r="I36">
         <v>6.1081</v>
       </c>
     </row>
     <row r="37" spans="1:9">
       <c r="A37" t="s">
         <v>77</v>
       </c>
       <c r="B37" t="s">
         <v>29</v>
       </c>
       <c r="C37" t="s">
         <v>18</v>
       </c>
       <c r="D37" t="s">
         <v>19</v>
       </c>
       <c r="E37" t="s">
         <v>20</v>
       </c>
       <c r="F37" t="s">
-        <v>14</v>
+        <v>50</v>
       </c>
       <c r="G37">
-        <v>5.3611</v>
+        <v>8.6389</v>
       </c>
       <c r="H37">
         <v>18.0</v>
       </c>
       <c r="I37">
-        <v>5.3611</v>
+        <v>8.6389</v>
       </c>
     </row>
     <row r="38" spans="1:9">
       <c r="A38" t="s">
         <v>78</v>
       </c>
       <c r="B38" t="s">
         <v>29</v>
       </c>
       <c r="C38" t="s">
         <v>18</v>
       </c>
       <c r="D38" t="s">
         <v>19</v>
       </c>
       <c r="E38" t="s">
         <v>20</v>
       </c>
       <c r="F38" t="s">
-        <v>49</v>
+        <v>14</v>
       </c>
       <c r="G38">
-        <v>8.6389</v>
+        <v>5.3611</v>
       </c>
       <c r="H38">
         <v>18.0</v>
       </c>
       <c r="I38">
-        <v>8.6389</v>
+        <v>5.3611</v>
       </c>
     </row>
     <row r="39" spans="1:9">
       <c r="A39" t="s">
         <v>79</v>
       </c>
       <c r="B39" t="s">
         <v>29</v>
       </c>
       <c r="C39" t="s">
         <v>11</v>
       </c>
       <c r="D39" t="s">
         <v>19</v>
       </c>
       <c r="E39" t="s">
         <v>20</v>
       </c>
       <c r="F39" t="s">
         <v>26</v>
       </c>
       <c r="G39">
         <v>2.0588</v>
       </c>
       <c r="H39">
@@ -2345,101 +2345,101 @@
       </c>
       <c r="D43" t="s">
         <v>12</v>
       </c>
       <c r="E43" t="s">
         <v>13</v>
       </c>
       <c r="F43" t="s">
         <v>14</v>
       </c>
       <c r="G43">
         <v>3.5806</v>
       </c>
       <c r="H43">
         <v>15.5</v>
       </c>
       <c r="I43">
         <v>3.5806</v>
       </c>
     </row>
     <row r="44" spans="1:9">
       <c r="A44" t="s">
         <v>86</v>
       </c>
       <c r="B44" t="s">
-        <v>87</v>
+        <v>25</v>
       </c>
       <c r="C44" t="s">
-        <v>11</v>
+        <v>18</v>
       </c>
       <c r="D44" t="s">
         <v>19</v>
       </c>
       <c r="E44" t="s">
         <v>20</v>
       </c>
       <c r="F44" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="G44">
-        <v>2.2</v>
+        <v>8.0333</v>
       </c>
       <c r="H44">
         <v>15.0</v>
       </c>
       <c r="I44">
-        <v>2.2</v>
+        <v>8.0333</v>
       </c>
     </row>
     <row r="45" spans="1:9">
       <c r="A45" t="s">
+        <v>87</v>
+      </c>
+      <c r="B45" t="s">
         <v>88</v>
       </c>
-      <c r="B45" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C45" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="D45" t="s">
         <v>19</v>
       </c>
       <c r="E45" t="s">
         <v>20</v>
       </c>
       <c r="F45" t="s">
-        <v>14</v>
+        <v>34</v>
       </c>
       <c r="G45">
-        <v>8.0333</v>
+        <v>2.2</v>
       </c>
       <c r="H45">
         <v>15.0</v>
       </c>
       <c r="I45">
-        <v>8.0333</v>
+        <v>2.2</v>
       </c>
     </row>
     <row r="46" spans="1:9">
       <c r="A46" t="s">
         <v>89</v>
       </c>
       <c r="B46" t="s">
         <v>29</v>
       </c>
       <c r="C46" t="s">
         <v>18</v>
       </c>
       <c r="D46" t="s">
         <v>19</v>
       </c>
       <c r="E46" t="s">
         <v>13</v>
       </c>
       <c r="F46" t="s">
         <v>34</v>
       </c>
       <c r="G46">
         <v>19.8621</v>
       </c>
       <c r="H46">
@@ -2618,51 +2618,51 @@
       </c>
       <c r="H52">
         <v>11.5</v>
       </c>
       <c r="I52">
         <v>8.5652</v>
       </c>
     </row>
     <row r="53" spans="1:9">
       <c r="A53" t="s">
         <v>98</v>
       </c>
       <c r="B53" t="s">
         <v>99</v>
       </c>
       <c r="C53" t="s">
         <v>43</v>
       </c>
       <c r="D53" t="s">
         <v>19</v>
       </c>
       <c r="E53" t="s">
         <v>20</v>
       </c>
       <c r="F53" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="G53">
         <v>11.6818</v>
       </c>
       <c r="H53">
         <v>11.0</v>
       </c>
       <c r="I53">
         <v>11.6818</v>
       </c>
     </row>
     <row r="54" spans="1:9">
       <c r="A54" t="s">
         <v>100</v>
       </c>
       <c r="B54" t="s">
         <v>81</v>
       </c>
       <c r="C54" t="s">
         <v>18</v>
       </c>
       <c r="D54" t="s">
         <v>19</v>
       </c>
       <c r="E54" t="s">
@@ -2705,51 +2705,51 @@
       </c>
       <c r="H55">
         <v>11.0</v>
       </c>
       <c r="I55">
         <v>1.7273</v>
       </c>
     </row>
     <row r="56" spans="1:9">
       <c r="A56" t="s">
         <v>102</v>
       </c>
       <c r="B56" t="s">
         <v>25</v>
       </c>
       <c r="C56" t="s">
         <v>43</v>
       </c>
       <c r="D56" t="s">
         <v>19</v>
       </c>
       <c r="E56" t="s">
         <v>20</v>
       </c>
       <c r="F56" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="G56">
         <v>9.9048</v>
       </c>
       <c r="H56">
         <v>10.5</v>
       </c>
       <c r="I56">
         <v>9.9048</v>
       </c>
     </row>
     <row r="57" spans="1:9">
       <c r="A57" t="s">
         <v>103</v>
       </c>
       <c r="B57" t="s">
         <v>10</v>
       </c>
       <c r="C57" t="s">
         <v>11</v>
       </c>
       <c r="D57" t="s">
         <v>12</v>
       </c>
       <c r="E57" t="s">
@@ -2925,217 +2925,217 @@
       </c>
       <c r="D63" t="s">
         <v>19</v>
       </c>
       <c r="E63" t="s">
         <v>20</v>
       </c>
       <c r="F63" t="s">
         <v>14</v>
       </c>
       <c r="G63">
         <v>8.5263</v>
       </c>
       <c r="H63">
         <v>9.5</v>
       </c>
       <c r="I63">
         <v>8.5263</v>
       </c>
     </row>
     <row r="64" spans="1:9">
       <c r="A64" t="s">
         <v>112</v>
       </c>
       <c r="B64" t="s">
-        <v>25</v>
+        <v>17</v>
       </c>
       <c r="C64" t="s">
         <v>18</v>
       </c>
       <c r="D64" t="s">
         <v>19</v>
       </c>
       <c r="E64" t="s">
         <v>20</v>
       </c>
       <c r="F64" t="s">
         <v>14</v>
       </c>
       <c r="G64">
-        <v>5.1111</v>
+        <v>4.1667</v>
       </c>
       <c r="H64">
         <v>9.0</v>
       </c>
       <c r="I64">
-        <v>5.1111</v>
+        <v>4.1667</v>
       </c>
     </row>
     <row r="65" spans="1:9">
       <c r="A65" t="s">
         <v>113</v>
       </c>
       <c r="B65" t="s">
-        <v>17</v>
+        <v>25</v>
       </c>
       <c r="C65" t="s">
         <v>18</v>
       </c>
       <c r="D65" t="s">
         <v>19</v>
       </c>
       <c r="E65" t="s">
         <v>20</v>
       </c>
       <c r="F65" t="s">
         <v>14</v>
       </c>
       <c r="G65">
-        <v>4.1667</v>
+        <v>5.1111</v>
       </c>
       <c r="H65">
         <v>9.0</v>
       </c>
       <c r="I65">
-        <v>4.1667</v>
+        <v>5.1111</v>
       </c>
     </row>
     <row r="66" spans="1:9">
       <c r="A66" t="s">
         <v>114</v>
       </c>
       <c r="B66" t="s">
         <v>115</v>
       </c>
       <c r="C66" t="s">
         <v>18</v>
       </c>
       <c r="D66" t="s">
         <v>19</v>
       </c>
       <c r="E66" t="s">
         <v>13</v>
       </c>
       <c r="F66" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="G66">
         <v>7.6471</v>
       </c>
       <c r="H66">
         <v>8.5</v>
       </c>
       <c r="I66">
         <v>7.6471</v>
       </c>
     </row>
     <row r="67" spans="1:9">
       <c r="A67" t="s">
         <v>116</v>
       </c>
       <c r="B67" t="s">
         <v>10</v>
       </c>
       <c r="C67" t="s">
         <v>11</v>
       </c>
       <c r="D67" t="s">
         <v>12</v>
       </c>
       <c r="E67" t="s">
         <v>20</v>
       </c>
       <c r="F67" t="s">
         <v>14</v>
       </c>
       <c r="G67">
         <v>2.6875</v>
       </c>
       <c r="H67">
         <v>8.0</v>
       </c>
       <c r="I67">
         <v>2.6875</v>
       </c>
     </row>
     <row r="68" spans="1:9">
       <c r="A68" t="s">
         <v>117</v>
       </c>
       <c r="B68" t="s">
-        <v>118</v>
+        <v>84</v>
       </c>
       <c r="C68" t="s">
-        <v>11</v>
+        <v>33</v>
       </c>
       <c r="D68" t="s">
         <v>19</v>
       </c>
       <c r="E68" t="s">
-        <v>20</v>
+        <v>13</v>
       </c>
       <c r="F68" t="s">
         <v>14</v>
       </c>
       <c r="G68">
-        <v>1.5625</v>
+        <v>4.1875</v>
       </c>
       <c r="H68">
         <v>8.0</v>
       </c>
       <c r="I68">
-        <v>1.5625</v>
+        <v>4.1875</v>
       </c>
     </row>
     <row r="69" spans="1:9">
       <c r="A69" t="s">
+        <v>118</v>
+      </c>
+      <c r="B69" t="s">
         <v>119</v>
       </c>
-      <c r="B69" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C69" t="s">
-        <v>33</v>
+        <v>11</v>
       </c>
       <c r="D69" t="s">
         <v>19</v>
       </c>
       <c r="E69" t="s">
-        <v>13</v>
+        <v>20</v>
       </c>
       <c r="F69" t="s">
         <v>14</v>
       </c>
       <c r="G69">
-        <v>4.1875</v>
+        <v>1.5625</v>
       </c>
       <c r="H69">
         <v>8.0</v>
       </c>
       <c r="I69">
-        <v>4.1875</v>
+        <v>1.5625</v>
       </c>
     </row>
     <row r="70" spans="1:9">
       <c r="A70" t="s">
         <v>120</v>
       </c>
       <c r="B70" t="s">
         <v>121</v>
       </c>
       <c r="C70" t="s">
         <v>11</v>
       </c>
       <c r="D70" t="s">
         <v>19</v>
       </c>
       <c r="E70" t="s">
         <v>57</v>
       </c>
       <c r="F70" t="s">
         <v>14</v>
       </c>
       <c r="G70">
         <v>2.9333</v>
       </c>
       <c r="H70">
@@ -3215,101 +3215,101 @@
       </c>
       <c r="D73" t="s">
         <v>12</v>
       </c>
       <c r="E73" t="s">
         <v>20</v>
       </c>
       <c r="F73" t="s">
         <v>14</v>
       </c>
       <c r="G73">
         <v>3.2857</v>
       </c>
       <c r="H73">
         <v>7.0</v>
       </c>
       <c r="I73">
         <v>3.2857</v>
       </c>
     </row>
     <row r="74" spans="1:9">
       <c r="A74" t="s">
         <v>126</v>
       </c>
       <c r="B74" t="s">
-        <v>52</v>
+        <v>84</v>
       </c>
       <c r="C74" t="s">
-        <v>53</v>
+        <v>33</v>
       </c>
       <c r="D74" t="s">
         <v>19</v>
       </c>
       <c r="E74" t="s">
-        <v>20</v>
+        <v>13</v>
       </c>
       <c r="F74" t="s">
         <v>14</v>
       </c>
       <c r="G74">
-        <v>1.4286</v>
+        <v>5.1429</v>
       </c>
       <c r="H74">
         <v>7.0</v>
       </c>
       <c r="I74">
-        <v>1.4286</v>
+        <v>5.1429</v>
       </c>
     </row>
     <row r="75" spans="1:9">
       <c r="A75" t="s">
         <v>127</v>
       </c>
       <c r="B75" t="s">
-        <v>84</v>
+        <v>52</v>
       </c>
       <c r="C75" t="s">
-        <v>33</v>
+        <v>53</v>
       </c>
       <c r="D75" t="s">
         <v>19</v>
       </c>
       <c r="E75" t="s">
-        <v>13</v>
+        <v>20</v>
       </c>
       <c r="F75" t="s">
         <v>14</v>
       </c>
       <c r="G75">
-        <v>5.1429</v>
+        <v>1.4286</v>
       </c>
       <c r="H75">
         <v>7.0</v>
       </c>
       <c r="I75">
-        <v>5.1429</v>
+        <v>1.4286</v>
       </c>
     </row>
     <row r="76" spans="1:9">
       <c r="A76" t="s">
         <v>128</v>
       </c>
       <c r="B76" t="s">
         <v>17</v>
       </c>
       <c r="C76" t="s">
         <v>18</v>
       </c>
       <c r="D76" t="s">
         <v>19</v>
       </c>
       <c r="E76" t="s">
         <v>13</v>
       </c>
       <c r="F76" t="s">
         <v>14</v>
       </c>
       <c r="G76">
         <v>4.0714</v>
       </c>
       <c r="H76">
@@ -3447,188 +3447,188 @@
       </c>
       <c r="D81" t="s">
         <v>19</v>
       </c>
       <c r="E81" t="s">
         <v>20</v>
       </c>
       <c r="F81" t="s">
         <v>21</v>
       </c>
       <c r="G81">
         <v>8.25</v>
       </c>
       <c r="H81">
         <v>6.0</v>
       </c>
       <c r="I81">
         <v>8.25</v>
       </c>
     </row>
     <row r="82" spans="1:9">
       <c r="A82" t="s">
         <v>135</v>
       </c>
       <c r="B82" t="s">
-        <v>118</v>
+        <v>136</v>
       </c>
       <c r="C82" t="s">
         <v>11</v>
       </c>
       <c r="D82" t="s">
-        <v>19</v>
+        <v>12</v>
       </c>
       <c r="E82" t="s">
         <v>20</v>
       </c>
       <c r="F82" t="s">
         <v>14</v>
       </c>
       <c r="G82">
-        <v>2.4545</v>
+        <v>2.1818</v>
       </c>
       <c r="H82">
         <v>5.5</v>
       </c>
       <c r="I82">
-        <v>2.4545</v>
+        <v>2.1818</v>
       </c>
     </row>
     <row r="83" spans="1:9">
       <c r="A83" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="B83" t="s">
-        <v>84</v>
+        <v>119</v>
       </c>
       <c r="C83" t="s">
-        <v>33</v>
+        <v>11</v>
       </c>
       <c r="D83" t="s">
         <v>19</v>
       </c>
       <c r="E83" t="s">
         <v>20</v>
       </c>
       <c r="F83" t="s">
         <v>14</v>
       </c>
       <c r="G83">
-        <v>4.0</v>
+        <v>2.4545</v>
       </c>
       <c r="H83">
         <v>5.5</v>
       </c>
       <c r="I83">
-        <v>4.0</v>
+        <v>2.4545</v>
       </c>
     </row>
     <row r="84" spans="1:9">
       <c r="A84" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="B84" t="s">
-        <v>25</v>
+        <v>84</v>
       </c>
       <c r="C84" t="s">
-        <v>18</v>
+        <v>33</v>
       </c>
       <c r="D84" t="s">
         <v>19</v>
       </c>
       <c r="E84" t="s">
         <v>20</v>
       </c>
       <c r="F84" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="G84">
-        <v>10.0</v>
+        <v>4.0</v>
       </c>
       <c r="H84">
         <v>5.5</v>
       </c>
       <c r="I84">
-        <v>10.0</v>
+        <v>4.0</v>
       </c>
     </row>
     <row r="85" spans="1:9">
       <c r="A85" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="B85" t="s">
-        <v>10</v>
+        <v>25</v>
       </c>
       <c r="C85" t="s">
-        <v>11</v>
+        <v>18</v>
       </c>
       <c r="D85" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="E85" t="s">
         <v>20</v>
       </c>
       <c r="F85" t="s">
-        <v>14</v>
+        <v>34</v>
       </c>
       <c r="G85">
-        <v>12.4545</v>
+        <v>10.0</v>
       </c>
       <c r="H85">
         <v>5.5</v>
       </c>
       <c r="I85">
-        <v>12.4545</v>
+        <v>10.0</v>
       </c>
     </row>
     <row r="86" spans="1:9">
       <c r="A86" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="B86" t="s">
-        <v>140</v>
+        <v>10</v>
       </c>
       <c r="C86" t="s">
         <v>11</v>
       </c>
       <c r="D86" t="s">
         <v>12</v>
       </c>
       <c r="E86" t="s">
         <v>20</v>
       </c>
       <c r="F86" t="s">
         <v>14</v>
       </c>
       <c r="G86">
-        <v>2.1818</v>
+        <v>12.4545</v>
       </c>
       <c r="H86">
         <v>5.5</v>
       </c>
       <c r="I86">
-        <v>2.1818</v>
+        <v>12.4545</v>
       </c>
     </row>
     <row r="87" spans="1:9">
       <c r="A87" t="s">
         <v>141</v>
       </c>
       <c r="B87" t="s">
         <v>25</v>
       </c>
       <c r="C87" t="s">
         <v>18</v>
       </c>
       <c r="D87" t="s">
         <v>19</v>
       </c>
       <c r="E87" t="s">
         <v>20</v>
       </c>
       <c r="F87" t="s">
         <v>14</v>
       </c>
       <c r="G87">
         <v>3.6</v>
       </c>
       <c r="H87">
@@ -3691,97 +3691,97 @@
       </c>
       <c r="H89">
         <v>5.0</v>
       </c>
       <c r="I89">
         <v>3.0</v>
       </c>
     </row>
     <row r="90" spans="1:9">
       <c r="A90" t="s">
         <v>144</v>
       </c>
       <c r="B90" t="s">
         <v>25</v>
       </c>
       <c r="C90" t="s">
         <v>11</v>
       </c>
       <c r="D90" t="s">
         <v>19</v>
       </c>
       <c r="E90" t="s">
         <v>20</v>
       </c>
       <c r="F90" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="G90">
         <v>1.6667</v>
       </c>
       <c r="H90">
         <v>4.5</v>
       </c>
       <c r="I90">
         <v>1.6667</v>
       </c>
     </row>
     <row r="91" spans="1:9">
       <c r="A91" t="s">
         <v>145</v>
       </c>
       <c r="B91" t="s">
         <v>17</v>
       </c>
       <c r="C91" t="s">
         <v>18</v>
       </c>
       <c r="D91" t="s">
         <v>19</v>
       </c>
       <c r="E91" t="s">
         <v>20</v>
       </c>
       <c r="F91" t="s">
         <v>14</v>
       </c>
       <c r="G91">
         <v>4.0</v>
       </c>
       <c r="H91">
         <v>4.5</v>
       </c>
       <c r="I91">
         <v>4.0</v>
       </c>
     </row>
     <row r="92" spans="1:9">
       <c r="A92" t="s">
         <v>146</v>
       </c>
       <c r="B92" t="s">
-        <v>140</v>
+        <v>136</v>
       </c>
       <c r="C92" t="s">
         <v>18</v>
       </c>
       <c r="D92" t="s">
         <v>19</v>
       </c>
       <c r="E92" t="s">
         <v>13</v>
       </c>
       <c r="F92" t="s">
         <v>14</v>
       </c>
       <c r="G92">
         <v>17.3333</v>
       </c>
       <c r="H92">
         <v>4.5</v>
       </c>
       <c r="I92">
         <v>17.3333</v>
       </c>
     </row>
     <row r="93" spans="1:9">
       <c r="A93" t="s">
@@ -3795,188 +3795,188 @@
       </c>
       <c r="D93" t="s">
         <v>19</v>
       </c>
       <c r="E93" t="s">
         <v>20</v>
       </c>
       <c r="F93" t="s">
         <v>14</v>
       </c>
       <c r="G93">
         <v>6.0</v>
       </c>
       <c r="H93">
         <v>4.5</v>
       </c>
       <c r="I93">
         <v>6.0</v>
       </c>
     </row>
     <row r="94" spans="1:9">
       <c r="A94" t="s">
         <v>148</v>
       </c>
       <c r="B94" t="s">
-        <v>91</v>
+        <v>25</v>
       </c>
       <c r="C94" t="s">
-        <v>11</v>
+        <v>18</v>
       </c>
       <c r="D94" t="s">
         <v>19</v>
       </c>
       <c r="E94" t="s">
         <v>20</v>
       </c>
       <c r="F94" t="s">
         <v>14</v>
       </c>
       <c r="G94">
-        <v>2.375</v>
+        <v>10.5</v>
       </c>
       <c r="H94">
         <v>4.0</v>
       </c>
       <c r="I94">
-        <v>2.375</v>
+        <v>10.5</v>
       </c>
     </row>
     <row r="95" spans="1:9">
       <c r="A95" t="s">
         <v>149</v>
       </c>
       <c r="B95" t="s">
-        <v>150</v>
+        <v>91</v>
       </c>
       <c r="C95" t="s">
         <v>11</v>
       </c>
       <c r="D95" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="E95" t="s">
-        <v>13</v>
+        <v>20</v>
       </c>
       <c r="F95" t="s">
         <v>14</v>
       </c>
       <c r="G95">
-        <v>12.625</v>
+        <v>2.375</v>
       </c>
       <c r="H95">
         <v>4.0</v>
       </c>
       <c r="I95">
-        <v>12.625</v>
+        <v>2.375</v>
       </c>
     </row>
     <row r="96" spans="1:9">
       <c r="A96" t="s">
+        <v>150</v>
+      </c>
+      <c r="B96" t="s">
         <v>151</v>
       </c>
-      <c r="B96" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C96" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="D96" t="s">
-        <v>19</v>
+        <v>12</v>
       </c>
       <c r="E96" t="s">
-        <v>20</v>
+        <v>13</v>
       </c>
       <c r="F96" t="s">
-        <v>21</v>
+        <v>14</v>
       </c>
       <c r="G96">
-        <v>1.375</v>
+        <v>12.625</v>
       </c>
       <c r="H96">
         <v>4.0</v>
       </c>
       <c r="I96">
-        <v>1.375</v>
+        <v>12.625</v>
       </c>
     </row>
     <row r="97" spans="1:9">
       <c r="A97" t="s">
         <v>152</v>
       </c>
       <c r="B97" t="s">
-        <v>10</v>
+        <v>25</v>
       </c>
       <c r="C97" t="s">
-        <v>11</v>
+        <v>18</v>
       </c>
       <c r="D97" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="E97" t="s">
-        <v>13</v>
+        <v>20</v>
       </c>
       <c r="F97" t="s">
-        <v>54</v>
+        <v>21</v>
       </c>
       <c r="G97">
-        <v>23.5</v>
+        <v>1.375</v>
       </c>
       <c r="H97">
         <v>4.0</v>
       </c>
       <c r="I97">
-        <v>23.5</v>
+        <v>1.375</v>
       </c>
     </row>
     <row r="98" spans="1:9">
       <c r="A98" t="s">
         <v>153</v>
       </c>
       <c r="B98" t="s">
-        <v>25</v>
+        <v>10</v>
       </c>
       <c r="C98" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="D98" t="s">
-        <v>19</v>
+        <v>12</v>
       </c>
       <c r="E98" t="s">
-        <v>20</v>
+        <v>13</v>
       </c>
       <c r="F98" t="s">
-        <v>14</v>
+        <v>54</v>
       </c>
       <c r="G98">
-        <v>10.5</v>
+        <v>23.5</v>
       </c>
       <c r="H98">
         <v>4.0</v>
       </c>
       <c r="I98">
-        <v>10.5</v>
+        <v>23.5</v>
       </c>
     </row>
     <row r="99" spans="1:9">
       <c r="A99" t="s">
         <v>154</v>
       </c>
       <c r="B99" t="s">
         <v>59</v>
       </c>
       <c r="C99" t="s">
         <v>18</v>
       </c>
       <c r="D99" t="s">
         <v>19</v>
       </c>
       <c r="E99" t="s">
         <v>20</v>
       </c>
       <c r="F99" t="s">
         <v>54</v>
       </c>
       <c r="G99">
         <v>3.5714</v>
       </c>
       <c r="H99">
@@ -4039,51 +4039,51 @@
       </c>
       <c r="H101">
         <v>3.5</v>
       </c>
       <c r="I101">
         <v>16.7143</v>
       </c>
     </row>
     <row r="102" spans="1:9">
       <c r="A102" t="s">
         <v>157</v>
       </c>
       <c r="B102" t="s">
         <v>158</v>
       </c>
       <c r="C102" t="s">
         <v>18</v>
       </c>
       <c r="D102" t="s">
         <v>19</v>
       </c>
       <c r="E102" t="s">
         <v>20</v>
       </c>
       <c r="F102" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="G102">
         <v>2.5714</v>
       </c>
       <c r="H102">
         <v>3.5</v>
       </c>
       <c r="I102">
         <v>2.5714</v>
       </c>
     </row>
     <row r="103" spans="1:9">
       <c r="A103" t="s">
         <v>159</v>
       </c>
       <c r="B103" t="s">
         <v>25</v>
       </c>
       <c r="C103" t="s">
         <v>18</v>
       </c>
       <c r="D103" t="s">
         <v>19</v>
       </c>
       <c r="E103" t="s">
@@ -4097,51 +4097,51 @@
       </c>
       <c r="H103">
         <v>3.0</v>
       </c>
       <c r="I103">
         <v>6.6667</v>
       </c>
     </row>
     <row r="104" spans="1:9">
       <c r="A104" t="s">
         <v>160</v>
       </c>
       <c r="B104" t="s">
         <v>161</v>
       </c>
       <c r="C104" t="s">
         <v>18</v>
       </c>
       <c r="D104" t="s">
         <v>19</v>
       </c>
       <c r="E104" t="s">
         <v>20</v>
       </c>
       <c r="F104" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="G104">
         <v>1.5</v>
       </c>
       <c r="H104">
         <v>3.0</v>
       </c>
       <c r="I104">
         <v>1.5</v>
       </c>
     </row>
     <row r="105" spans="1:9">
       <c r="A105" t="s">
         <v>162</v>
       </c>
       <c r="B105" t="s">
         <v>163</v>
       </c>
       <c r="C105" t="s">
         <v>11</v>
       </c>
       <c r="D105" t="s">
         <v>19</v>
       </c>
       <c r="E105" t="s">
@@ -4271,118 +4271,118 @@
       </c>
       <c r="H109">
         <v>2.5</v>
       </c>
       <c r="I109">
         <v>1.4</v>
       </c>
     </row>
     <row r="110" spans="1:9">
       <c r="A110" t="s">
         <v>170</v>
       </c>
       <c r="B110" t="s">
         <v>25</v>
       </c>
       <c r="C110" t="s">
         <v>43</v>
       </c>
       <c r="D110" t="s">
         <v>19</v>
       </c>
       <c r="E110" t="s">
         <v>20</v>
       </c>
       <c r="F110" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="G110">
         <v>2.2</v>
       </c>
       <c r="H110">
         <v>2.5</v>
       </c>
       <c r="I110">
         <v>2.2</v>
       </c>
     </row>
     <row r="111" spans="1:9">
       <c r="A111" t="s">
         <v>171</v>
       </c>
       <c r="B111" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="C111" t="s">
         <v>11</v>
       </c>
       <c r="D111" t="s">
         <v>19</v>
       </c>
       <c r="E111" t="s">
         <v>20</v>
       </c>
       <c r="F111" t="s">
         <v>14</v>
       </c>
       <c r="G111">
-        <v>1.75</v>
+        <v>1.5</v>
       </c>
       <c r="H111">
         <v>2.0</v>
       </c>
       <c r="I111">
-        <v>1.75</v>
+        <v>1.5</v>
       </c>
     </row>
     <row r="112" spans="1:9">
       <c r="A112" t="s">
         <v>172</v>
       </c>
       <c r="B112" t="s">
-        <v>25</v>
+        <v>29</v>
       </c>
       <c r="C112" t="s">
         <v>11</v>
       </c>
       <c r="D112" t="s">
         <v>19</v>
       </c>
       <c r="E112" t="s">
         <v>20</v>
       </c>
       <c r="F112" t="s">
         <v>14</v>
       </c>
       <c r="G112">
-        <v>1.5</v>
+        <v>1.75</v>
       </c>
       <c r="H112">
         <v>2.0</v>
       </c>
       <c r="I112">
-        <v>1.5</v>
+        <v>1.75</v>
       </c>
     </row>
     <row r="113" spans="1:9">
       <c r="A113" t="s">
         <v>173</v>
       </c>
       <c r="B113" t="s">
         <v>42</v>
       </c>
       <c r="C113" t="s">
         <v>33</v>
       </c>
       <c r="D113" t="s">
         <v>19</v>
       </c>
       <c r="E113" t="s">
         <v>57</v>
       </c>
       <c r="F113" t="s">
         <v>14</v>
       </c>
       <c r="G113">
         <v>2.5</v>
       </c>
       <c r="H113">
@@ -4462,1696 +4462,1696 @@
       </c>
       <c r="D116" t="s">
         <v>19</v>
       </c>
       <c r="E116" t="s">
         <v>20</v>
       </c>
       <c r="F116" t="s">
         <v>26</v>
       </c>
       <c r="G116">
         <v>3.5</v>
       </c>
       <c r="H116">
         <v>2.0</v>
       </c>
       <c r="I116">
         <v>3.5</v>
       </c>
     </row>
     <row r="117" spans="1:9">
       <c r="A117" t="s">
         <v>177</v>
       </c>
       <c r="B117" t="s">
-        <v>25</v>
+        <v>97</v>
       </c>
       <c r="C117" t="s">
-        <v>18</v>
+        <v>33</v>
       </c>
       <c r="D117" t="s">
         <v>19</v>
       </c>
       <c r="E117" t="s">
-        <v>20</v>
+        <v>57</v>
       </c>
       <c r="F117" t="s">
-        <v>21</v>
+        <v>14</v>
       </c>
       <c r="G117">
-        <v>5.3333</v>
+        <v>2.0</v>
       </c>
       <c r="H117">
         <v>1.5</v>
       </c>
       <c r="I117">
-        <v>5.3333</v>
+        <v>2.0</v>
       </c>
     </row>
     <row r="118" spans="1:9">
       <c r="A118" t="s">
         <v>178</v>
       </c>
       <c r="B118" t="s">
-        <v>62</v>
+        <v>25</v>
       </c>
       <c r="C118" t="s">
         <v>18</v>
       </c>
       <c r="D118" t="s">
         <v>19</v>
       </c>
       <c r="E118" t="s">
         <v>20</v>
       </c>
       <c r="F118" t="s">
-        <v>54</v>
+        <v>21</v>
       </c>
       <c r="G118">
-        <v>4.0</v>
+        <v>5.3333</v>
       </c>
       <c r="H118">
         <v>1.5</v>
       </c>
       <c r="I118">
-        <v>4.0</v>
+        <v>5.3333</v>
       </c>
     </row>
     <row r="119" spans="1:9">
       <c r="A119" t="s">
         <v>179</v>
       </c>
       <c r="B119" t="s">
-        <v>25</v>
+        <v>62</v>
       </c>
       <c r="C119" t="s">
-        <v>180</v>
+        <v>18</v>
       </c>
       <c r="D119" t="s">
         <v>19</v>
       </c>
       <c r="E119" t="s">
         <v>20</v>
       </c>
       <c r="F119" t="s">
         <v>54</v>
       </c>
       <c r="G119">
-        <v>2.6667</v>
+        <v>4.0</v>
       </c>
       <c r="H119">
         <v>1.5</v>
       </c>
       <c r="I119">
-        <v>2.6667</v>
+        <v>4.0</v>
       </c>
     </row>
     <row r="120" spans="1:9">
       <c r="A120" t="s">
-        <v>181</v>
+        <v>180</v>
       </c>
       <c r="B120" t="s">
         <v>25</v>
       </c>
       <c r="C120" t="s">
         <v>11</v>
       </c>
       <c r="D120" t="s">
         <v>19</v>
       </c>
       <c r="E120" t="s">
         <v>20</v>
       </c>
       <c r="F120" t="s">
         <v>14</v>
       </c>
       <c r="G120">
         <v>1.3333</v>
       </c>
       <c r="H120">
         <v>1.5</v>
       </c>
       <c r="I120">
         <v>1.3333</v>
       </c>
     </row>
     <row r="121" spans="1:9">
       <c r="A121" t="s">
+        <v>181</v>
+      </c>
+      <c r="B121" t="s">
+        <v>25</v>
+      </c>
+      <c r="C121" t="s">
         <v>182</v>
       </c>
-      <c r="B121" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D121" t="s">
         <v>19</v>
       </c>
       <c r="E121" t="s">
-        <v>13</v>
+        <v>20</v>
       </c>
       <c r="F121" t="s">
-        <v>14</v>
+        <v>54</v>
       </c>
       <c r="G121">
-        <v>1.6667</v>
+        <v>2.6667</v>
       </c>
       <c r="H121">
         <v>1.5</v>
       </c>
       <c r="I121">
-        <v>1.6667</v>
+        <v>2.6667</v>
       </c>
     </row>
     <row r="122" spans="1:9">
       <c r="A122" t="s">
         <v>183</v>
       </c>
       <c r="B122" t="s">
-        <v>158</v>
+        <v>105</v>
       </c>
       <c r="C122" t="s">
-        <v>18</v>
+        <v>33</v>
       </c>
       <c r="D122" t="s">
         <v>19</v>
       </c>
       <c r="E122" t="s">
-        <v>20</v>
+        <v>13</v>
       </c>
       <c r="F122" t="s">
         <v>14</v>
       </c>
       <c r="G122">
-        <v>3.6667</v>
+        <v>1.6667</v>
       </c>
       <c r="H122">
         <v>1.5</v>
       </c>
       <c r="I122">
-        <v>3.6667</v>
+        <v>1.6667</v>
       </c>
     </row>
     <row r="123" spans="1:9">
       <c r="A123" t="s">
         <v>184</v>
       </c>
       <c r="B123" t="s">
-        <v>45</v>
+        <v>158</v>
       </c>
       <c r="C123" t="s">
-        <v>11</v>
+        <v>18</v>
       </c>
       <c r="D123" t="s">
         <v>19</v>
       </c>
       <c r="E123" t="s">
         <v>20</v>
       </c>
       <c r="F123" t="s">
         <v>14</v>
       </c>
       <c r="G123">
-        <v>5.0</v>
+        <v>3.6667</v>
       </c>
       <c r="H123">
         <v>1.5</v>
       </c>
       <c r="I123">
-        <v>5.0</v>
+        <v>3.6667</v>
       </c>
     </row>
     <row r="124" spans="1:9">
       <c r="A124" t="s">
         <v>185</v>
       </c>
       <c r="B124" t="s">
-        <v>17</v>
+        <v>45</v>
       </c>
       <c r="C124" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="D124" t="s">
         <v>19</v>
       </c>
       <c r="E124" t="s">
         <v>20</v>
       </c>
       <c r="F124" t="s">
-        <v>49</v>
+        <v>14</v>
       </c>
       <c r="G124">
-        <v>12.0</v>
+        <v>5.0</v>
       </c>
       <c r="H124">
         <v>1.5</v>
       </c>
       <c r="I124">
-        <v>12.0</v>
+        <v>5.0</v>
       </c>
     </row>
     <row r="125" spans="1:9">
       <c r="A125" t="s">
         <v>186</v>
       </c>
       <c r="B125" t="s">
         <v>29</v>
       </c>
       <c r="C125" t="s">
         <v>43</v>
       </c>
       <c r="D125" t="s">
         <v>19</v>
       </c>
       <c r="E125" t="s">
         <v>20</v>
       </c>
       <c r="F125" t="s">
         <v>21</v>
       </c>
       <c r="G125">
         <v>1.6667</v>
       </c>
       <c r="H125">
         <v>1.5</v>
       </c>
       <c r="I125">
         <v>1.6667</v>
       </c>
     </row>
     <row r="126" spans="1:9">
       <c r="A126" t="s">
         <v>187</v>
       </c>
       <c r="B126" t="s">
-        <v>42</v>
+        <v>17</v>
       </c>
       <c r="C126" t="s">
-        <v>33</v>
+        <v>18</v>
       </c>
       <c r="D126" t="s">
         <v>19</v>
       </c>
       <c r="E126" t="s">
         <v>20</v>
       </c>
       <c r="F126" t="s">
-        <v>14</v>
+        <v>50</v>
       </c>
       <c r="G126">
-        <v>1.6667</v>
+        <v>12.0</v>
       </c>
       <c r="H126">
         <v>1.5</v>
       </c>
       <c r="I126">
-        <v>1.6667</v>
+        <v>12.0</v>
       </c>
     </row>
     <row r="127" spans="1:9">
       <c r="A127" t="s">
         <v>188</v>
       </c>
       <c r="B127" t="s">
-        <v>97</v>
+        <v>42</v>
       </c>
       <c r="C127" t="s">
         <v>33</v>
       </c>
       <c r="D127" t="s">
         <v>19</v>
       </c>
       <c r="E127" t="s">
-        <v>57</v>
+        <v>20</v>
       </c>
       <c r="F127" t="s">
         <v>14</v>
       </c>
       <c r="G127">
-        <v>2.0</v>
+        <v>1.6667</v>
       </c>
       <c r="H127">
         <v>1.5</v>
       </c>
       <c r="I127">
-        <v>2.0</v>
+        <v>1.6667</v>
       </c>
     </row>
     <row r="128" spans="1:9">
       <c r="A128" t="s">
         <v>189</v>
       </c>
       <c r="B128" t="s">
-        <v>29</v>
+        <v>10</v>
       </c>
       <c r="C128" t="s">
         <v>11</v>
       </c>
       <c r="D128" t="s">
-        <v>19</v>
+        <v>12</v>
       </c>
       <c r="E128" t="s">
         <v>20</v>
       </c>
       <c r="F128" t="s">
-        <v>14</v>
+        <v>26</v>
       </c>
       <c r="G128">
-        <v>4.5</v>
+        <v>12.5</v>
       </c>
       <c r="H128">
         <v>1.0</v>
       </c>
       <c r="I128">
-        <v>4.5</v>
+        <v>12.5</v>
       </c>
     </row>
     <row r="129" spans="1:9">
       <c r="A129" t="s">
         <v>190</v>
       </c>
       <c r="B129" t="s">
-        <v>25</v>
+        <v>42</v>
       </c>
       <c r="C129" t="s">
         <v>33</v>
       </c>
       <c r="D129" t="s">
         <v>19</v>
       </c>
       <c r="E129" t="s">
-        <v>20</v>
+        <v>57</v>
       </c>
       <c r="F129" t="s">
         <v>14</v>
       </c>
       <c r="G129">
-        <v>2.5</v>
+        <v>3.0</v>
       </c>
       <c r="H129">
         <v>1.0</v>
       </c>
       <c r="I129">
-        <v>2.5</v>
+        <v>3.0</v>
       </c>
     </row>
     <row r="130" spans="1:9">
       <c r="A130" t="s">
         <v>191</v>
       </c>
       <c r="B130" t="s">
-        <v>42</v>
+        <v>29</v>
       </c>
       <c r="C130" t="s">
-        <v>33</v>
+        <v>11</v>
       </c>
       <c r="D130" t="s">
         <v>19</v>
       </c>
       <c r="E130" t="s">
-        <v>57</v>
+        <v>20</v>
       </c>
       <c r="F130" t="s">
         <v>14</v>
       </c>
       <c r="G130">
-        <v>3.0</v>
+        <v>4.5</v>
       </c>
       <c r="H130">
         <v>1.0</v>
       </c>
       <c r="I130">
-        <v>3.0</v>
+        <v>4.5</v>
       </c>
     </row>
     <row r="131" spans="1:9">
       <c r="A131" t="s">
         <v>192</v>
       </c>
       <c r="B131" t="s">
         <v>25</v>
       </c>
       <c r="C131" t="s">
         <v>33</v>
       </c>
       <c r="D131" t="s">
         <v>19</v>
       </c>
       <c r="E131" t="s">
         <v>20</v>
       </c>
       <c r="F131" t="s">
-        <v>49</v>
+        <v>14</v>
       </c>
       <c r="G131">
-        <v>2.0</v>
+        <v>2.5</v>
       </c>
       <c r="H131">
         <v>1.0</v>
       </c>
       <c r="I131">
-        <v>2.0</v>
+        <v>2.5</v>
       </c>
     </row>
     <row r="132" spans="1:9">
       <c r="A132" t="s">
         <v>193</v>
       </c>
       <c r="B132" t="s">
-        <v>17</v>
+        <v>25</v>
       </c>
       <c r="C132" t="s">
-        <v>18</v>
+        <v>33</v>
       </c>
       <c r="D132" t="s">
         <v>19</v>
       </c>
       <c r="E132" t="s">
         <v>20</v>
       </c>
       <c r="F132" t="s">
-        <v>14</v>
+        <v>50</v>
       </c>
       <c r="G132">
-        <v>4.0</v>
+        <v>2.0</v>
       </c>
       <c r="H132">
         <v>1.0</v>
       </c>
       <c r="I132">
-        <v>4.0</v>
+        <v>2.0</v>
       </c>
     </row>
     <row r="133" spans="1:9">
       <c r="A133" t="s">
         <v>194</v>
       </c>
       <c r="B133" t="s">
-        <v>25</v>
+        <v>17</v>
       </c>
       <c r="C133" t="s">
-        <v>43</v>
+        <v>18</v>
       </c>
       <c r="D133" t="s">
         <v>19</v>
       </c>
       <c r="E133" t="s">
         <v>20</v>
       </c>
       <c r="F133" t="s">
         <v>14</v>
       </c>
       <c r="G133">
-        <v>8.0</v>
+        <v>4.0</v>
       </c>
       <c r="H133">
         <v>1.0</v>
       </c>
       <c r="I133">
-        <v>8.0</v>
+        <v>4.0</v>
       </c>
     </row>
     <row r="134" spans="1:9">
       <c r="A134" t="s">
         <v>195</v>
       </c>
       <c r="B134" t="s">
-        <v>32</v>
+        <v>25</v>
       </c>
       <c r="C134" t="s">
-        <v>33</v>
+        <v>43</v>
       </c>
       <c r="D134" t="s">
         <v>19</v>
       </c>
       <c r="E134" t="s">
-        <v>13</v>
+        <v>20</v>
       </c>
       <c r="F134" t="s">
         <v>14</v>
       </c>
       <c r="G134">
-        <v>3.0</v>
+        <v>8.0</v>
       </c>
       <c r="H134">
         <v>1.0</v>
       </c>
       <c r="I134">
-        <v>3.0</v>
+        <v>8.0</v>
       </c>
     </row>
     <row r="135" spans="1:9">
       <c r="A135" t="s">
         <v>196</v>
       </c>
       <c r="B135" t="s">
         <v>25</v>
       </c>
       <c r="C135" t="s">
         <v>11</v>
       </c>
       <c r="D135" t="s">
         <v>19</v>
       </c>
       <c r="E135" t="s">
         <v>20</v>
       </c>
       <c r="F135" t="s">
         <v>54</v>
       </c>
       <c r="G135">
         <v>4.0</v>
       </c>
       <c r="H135">
         <v>1.0</v>
       </c>
       <c r="I135">
         <v>4.0</v>
       </c>
     </row>
     <row r="136" spans="1:9">
       <c r="A136" t="s">
         <v>197</v>
       </c>
       <c r="B136" t="s">
-        <v>198</v>
+        <v>32</v>
       </c>
       <c r="C136" t="s">
         <v>33</v>
       </c>
       <c r="D136" t="s">
         <v>19</v>
       </c>
       <c r="E136" t="s">
-        <v>20</v>
+        <v>13</v>
       </c>
       <c r="F136" t="s">
         <v>14</v>
       </c>
       <c r="G136">
-        <v>3.5</v>
+        <v>3.0</v>
       </c>
       <c r="H136">
         <v>1.0</v>
       </c>
       <c r="I136">
-        <v>3.5</v>
+        <v>3.0</v>
       </c>
     </row>
     <row r="137" spans="1:9">
       <c r="A137" t="s">
+        <v>198</v>
+      </c>
+      <c r="B137" t="s">
         <v>199</v>
       </c>
-      <c r="B137" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C137" t="s">
-        <v>11</v>
+        <v>33</v>
       </c>
       <c r="D137" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="E137" t="s">
         <v>20</v>
       </c>
       <c r="F137" t="s">
-        <v>21</v>
+        <v>14</v>
       </c>
       <c r="G137">
-        <v>1.0</v>
+        <v>3.5</v>
       </c>
       <c r="H137">
         <v>1.0</v>
       </c>
       <c r="I137">
-        <v>1.0</v>
+        <v>3.5</v>
       </c>
     </row>
     <row r="138" spans="1:9">
       <c r="A138" t="s">
+        <v>200</v>
+      </c>
+      <c r="B138" t="s">
         <v>201</v>
       </c>
-      <c r="B138" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C138" t="s">
-        <v>33</v>
+        <v>11</v>
       </c>
       <c r="D138" t="s">
-        <v>19</v>
+        <v>12</v>
       </c>
       <c r="E138" t="s">
-        <v>57</v>
+        <v>20</v>
       </c>
       <c r="F138" t="s">
-        <v>14</v>
+        <v>21</v>
       </c>
       <c r="G138">
-        <v>5.5</v>
+        <v>1.0</v>
       </c>
       <c r="H138">
         <v>1.0</v>
       </c>
       <c r="I138">
-        <v>5.5</v>
+        <v>1.0</v>
       </c>
     </row>
     <row r="139" spans="1:9">
       <c r="A139" t="s">
         <v>202</v>
       </c>
       <c r="B139" t="s">
         <v>25</v>
       </c>
       <c r="C139" t="s">
         <v>18</v>
       </c>
       <c r="D139" t="s">
         <v>19</v>
       </c>
       <c r="E139" t="s">
         <v>20</v>
       </c>
       <c r="F139" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="G139">
         <v>5.0</v>
       </c>
       <c r="H139">
         <v>1.0</v>
       </c>
       <c r="I139">
         <v>5.0</v>
       </c>
     </row>
     <row r="140" spans="1:9">
       <c r="A140" t="s">
         <v>203</v>
       </c>
       <c r="B140" t="s">
-        <v>29</v>
+        <v>199</v>
       </c>
       <c r="C140" t="s">
-        <v>43</v>
+        <v>33</v>
       </c>
       <c r="D140" t="s">
         <v>19</v>
       </c>
       <c r="E140" t="s">
-        <v>20</v>
+        <v>57</v>
       </c>
       <c r="F140" t="s">
-        <v>49</v>
+        <v>14</v>
       </c>
       <c r="G140">
-        <v>2.0</v>
+        <v>5.5</v>
       </c>
       <c r="H140">
         <v>1.0</v>
       </c>
       <c r="I140">
-        <v>2.0</v>
+        <v>5.5</v>
       </c>
     </row>
     <row r="141" spans="1:9">
       <c r="A141" t="s">
         <v>204</v>
       </c>
       <c r="B141" t="s">
-        <v>17</v>
+        <v>29</v>
       </c>
       <c r="C141" t="s">
-        <v>18</v>
+        <v>43</v>
       </c>
       <c r="D141" t="s">
         <v>19</v>
       </c>
       <c r="E141" t="s">
         <v>20</v>
       </c>
       <c r="F141" t="s">
-        <v>14</v>
+        <v>50</v>
       </c>
       <c r="G141">
-        <v>6.0</v>
+        <v>2.0</v>
       </c>
       <c r="H141">
         <v>1.0</v>
       </c>
       <c r="I141">
-        <v>6.0</v>
+        <v>2.0</v>
       </c>
     </row>
     <row r="142" spans="1:9">
       <c r="A142" t="s">
         <v>205</v>
       </c>
       <c r="B142" t="s">
-        <v>10</v>
+        <v>17</v>
       </c>
       <c r="C142" t="s">
-        <v>11</v>
+        <v>18</v>
       </c>
       <c r="D142" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="E142" t="s">
         <v>20</v>
       </c>
       <c r="F142" t="s">
-        <v>26</v>
+        <v>14</v>
       </c>
       <c r="G142">
-        <v>12.5</v>
+        <v>6.0</v>
       </c>
       <c r="H142">
         <v>1.0</v>
       </c>
       <c r="I142">
-        <v>12.5</v>
+        <v>6.0</v>
       </c>
     </row>
     <row r="143" spans="1:9">
       <c r="A143" t="s">
         <v>206</v>
       </c>
       <c r="B143" t="s">
         <v>25</v>
       </c>
       <c r="C143" t="s">
-        <v>43</v>
+        <v>33</v>
       </c>
       <c r="D143" t="s">
         <v>19</v>
       </c>
       <c r="E143" t="s">
-        <v>20</v>
+        <v>57</v>
       </c>
       <c r="F143" t="s">
         <v>14</v>
       </c>
       <c r="G143">
-        <v>2.0</v>
+        <v>46.0</v>
       </c>
       <c r="H143">
         <v>0.5</v>
       </c>
       <c r="I143">
-        <v>2.0</v>
+        <v>46.0</v>
       </c>
     </row>
     <row r="144" spans="1:9">
       <c r="A144" t="s">
         <v>207</v>
       </c>
       <c r="B144" t="s">
-        <v>42</v>
+        <v>29</v>
       </c>
       <c r="C144" t="s">
-        <v>33</v>
+        <v>11</v>
       </c>
       <c r="D144" t="s">
         <v>19</v>
       </c>
       <c r="E144" t="s">
-        <v>57</v>
+        <v>20</v>
       </c>
       <c r="F144" t="s">
         <v>14</v>
       </c>
       <c r="G144">
         <v>1.0</v>
       </c>
       <c r="H144">
         <v>0.5</v>
       </c>
       <c r="I144">
         <v>1.0</v>
       </c>
     </row>
     <row r="145" spans="1:9">
       <c r="A145" t="s">
         <v>208</v>
       </c>
       <c r="B145" t="s">
-        <v>25</v>
+        <v>52</v>
       </c>
       <c r="C145" t="s">
-        <v>18</v>
+        <v>53</v>
       </c>
       <c r="D145" t="s">
         <v>19</v>
       </c>
       <c r="E145" t="s">
         <v>20</v>
       </c>
       <c r="F145" t="s">
-        <v>49</v>
+        <v>209</v>
       </c>
       <c r="G145">
         <v>1.0</v>
       </c>
       <c r="H145">
         <v>0.5</v>
       </c>
       <c r="I145">
         <v>1.0</v>
       </c>
     </row>
     <row r="146" spans="1:9">
       <c r="A146" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="B146" t="s">
-        <v>17</v>
+        <v>25</v>
       </c>
       <c r="C146" t="s">
-        <v>18</v>
+        <v>43</v>
       </c>
       <c r="D146" t="s">
         <v>19</v>
       </c>
       <c r="E146" t="s">
         <v>20</v>
       </c>
       <c r="F146" t="s">
         <v>14</v>
       </c>
       <c r="G146">
-        <v>1.0</v>
+        <v>2.0</v>
       </c>
       <c r="H146">
         <v>0.5</v>
       </c>
       <c r="I146">
-        <v>1.0</v>
+        <v>2.0</v>
       </c>
     </row>
     <row r="147" spans="1:9">
       <c r="A147" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="B147" t="s">
-        <v>17</v>
+        <v>42</v>
       </c>
       <c r="C147" t="s">
-        <v>18</v>
+        <v>33</v>
       </c>
       <c r="D147" t="s">
         <v>19</v>
       </c>
       <c r="E147" t="s">
-        <v>20</v>
+        <v>57</v>
       </c>
       <c r="F147" t="s">
-        <v>26</v>
+        <v>14</v>
       </c>
       <c r="G147">
-        <v>2.0</v>
+        <v>1.0</v>
       </c>
       <c r="H147">
         <v>0.5</v>
       </c>
       <c r="I147">
-        <v>2.0</v>
+        <v>1.0</v>
       </c>
     </row>
     <row r="148" spans="1:9">
       <c r="A148" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="B148" t="s">
-        <v>161</v>
+        <v>17</v>
       </c>
       <c r="C148" t="s">
-        <v>33</v>
+        <v>18</v>
       </c>
       <c r="D148" t="s">
         <v>19</v>
       </c>
       <c r="E148" t="s">
         <v>20</v>
       </c>
       <c r="F148" t="s">
-        <v>49</v>
+        <v>14</v>
       </c>
       <c r="G148">
         <v>1.0</v>
       </c>
       <c r="H148">
         <v>0.5</v>
       </c>
       <c r="I148">
         <v>1.0</v>
       </c>
     </row>
     <row r="149" spans="1:9">
       <c r="A149" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
       <c r="B149" t="s">
-        <v>25</v>
+        <v>17</v>
       </c>
       <c r="C149" t="s">
         <v>18</v>
       </c>
       <c r="D149" t="s">
         <v>19</v>
       </c>
       <c r="E149" t="s">
         <v>20</v>
       </c>
       <c r="F149" t="s">
-        <v>14</v>
+        <v>26</v>
       </c>
       <c r="G149">
         <v>2.0</v>
       </c>
       <c r="H149">
         <v>0.5</v>
       </c>
       <c r="I149">
         <v>2.0</v>
       </c>
     </row>
     <row r="150" spans="1:9">
       <c r="A150" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="B150" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="C150" t="s">
-        <v>11</v>
+        <v>18</v>
       </c>
       <c r="D150" t="s">
         <v>19</v>
       </c>
       <c r="E150" t="s">
         <v>20</v>
       </c>
       <c r="F150" t="s">
-        <v>14</v>
+        <v>50</v>
       </c>
       <c r="G150">
         <v>1.0</v>
       </c>
       <c r="H150">
         <v>0.5</v>
       </c>
       <c r="I150">
         <v>1.0</v>
       </c>
     </row>
     <row r="151" spans="1:9">
       <c r="A151" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="B151" t="s">
         <v>161</v>
       </c>
       <c r="C151" t="s">
-        <v>11</v>
+        <v>33</v>
       </c>
       <c r="D151" t="s">
         <v>19</v>
       </c>
       <c r="E151" t="s">
         <v>20</v>
       </c>
       <c r="F151" t="s">
-        <v>14</v>
+        <v>50</v>
       </c>
       <c r="G151">
         <v>1.0</v>
       </c>
       <c r="H151">
         <v>0.5</v>
       </c>
       <c r="I151">
         <v>1.0</v>
       </c>
     </row>
     <row r="152" spans="1:9">
       <c r="A152" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="B152" t="s">
-        <v>25</v>
+        <v>161</v>
       </c>
       <c r="C152" t="s">
         <v>11</v>
       </c>
       <c r="D152" t="s">
         <v>19</v>
       </c>
       <c r="E152" t="s">
         <v>20</v>
       </c>
       <c r="F152" t="s">
         <v>14</v>
       </c>
       <c r="G152">
-        <v>2.0</v>
+        <v>1.0</v>
       </c>
       <c r="H152">
         <v>0.5</v>
       </c>
       <c r="I152">
-        <v>2.0</v>
+        <v>1.0</v>
       </c>
     </row>
     <row r="153" spans="1:9">
       <c r="A153" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="B153" t="s">
         <v>25</v>
       </c>
       <c r="C153" t="s">
         <v>11</v>
       </c>
       <c r="D153" t="s">
         <v>19</v>
       </c>
       <c r="E153" t="s">
         <v>20</v>
       </c>
       <c r="F153" t="s">
         <v>14</v>
       </c>
       <c r="G153">
         <v>2.0</v>
       </c>
       <c r="H153">
         <v>0.5</v>
       </c>
       <c r="I153">
         <v>2.0</v>
       </c>
     </row>
     <row r="154" spans="1:9">
       <c r="A154" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="B154" t="s">
-        <v>97</v>
+        <v>25</v>
       </c>
       <c r="C154" t="s">
-        <v>11</v>
+        <v>18</v>
       </c>
       <c r="D154" t="s">
         <v>19</v>
       </c>
       <c r="E154" t="s">
-        <v>57</v>
+        <v>20</v>
       </c>
       <c r="F154" t="s">
         <v>14</v>
       </c>
       <c r="G154">
-        <v>36.0</v>
+        <v>2.0</v>
       </c>
       <c r="H154">
         <v>0.5</v>
       </c>
       <c r="I154">
-        <v>36.0</v>
+        <v>2.0</v>
       </c>
     </row>
     <row r="155" spans="1:9">
       <c r="A155" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
       <c r="B155" t="s">
-        <v>84</v>
+        <v>29</v>
       </c>
       <c r="C155" t="s">
         <v>11</v>
       </c>
       <c r="D155" t="s">
         <v>19</v>
       </c>
       <c r="E155" t="s">
-        <v>13</v>
+        <v>20</v>
       </c>
       <c r="F155" t="s">
         <v>14</v>
       </c>
       <c r="G155">
-        <v>2.0</v>
+        <v>1.0</v>
       </c>
       <c r="H155">
         <v>0.5</v>
       </c>
       <c r="I155">
-        <v>2.0</v>
+        <v>1.0</v>
       </c>
     </row>
     <row r="156" spans="1:9">
       <c r="A156" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="B156" t="s">
-        <v>220</v>
+        <v>97</v>
       </c>
       <c r="C156" t="s">
-        <v>33</v>
+        <v>11</v>
       </c>
       <c r="D156" t="s">
         <v>19</v>
       </c>
       <c r="E156" t="s">
         <v>57</v>
       </c>
       <c r="F156" t="s">
         <v>14</v>
       </c>
       <c r="G156">
-        <v>1.0</v>
+        <v>36.0</v>
       </c>
       <c r="H156">
         <v>0.5</v>
       </c>
       <c r="I156">
-        <v>1.0</v>
+        <v>36.0</v>
       </c>
     </row>
     <row r="157" spans="1:9">
       <c r="A157" t="s">
         <v>221</v>
       </c>
       <c r="B157" t="s">
-        <v>84</v>
+        <v>25</v>
       </c>
       <c r="C157" t="s">
         <v>11</v>
       </c>
       <c r="D157" t="s">
         <v>19</v>
       </c>
       <c r="E157" t="s">
         <v>20</v>
       </c>
       <c r="F157" t="s">
         <v>14</v>
       </c>
       <c r="G157">
         <v>2.0</v>
       </c>
       <c r="H157">
         <v>0.5</v>
       </c>
       <c r="I157">
         <v>2.0</v>
       </c>
     </row>
     <row r="158" spans="1:9">
       <c r="A158" t="s">
         <v>222</v>
       </c>
       <c r="B158" t="s">
-        <v>158</v>
+        <v>223</v>
       </c>
       <c r="C158" t="s">
-        <v>18</v>
+        <v>33</v>
       </c>
       <c r="D158" t="s">
         <v>19</v>
       </c>
       <c r="E158" t="s">
-        <v>20</v>
+        <v>57</v>
       </c>
       <c r="F158" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="G158">
-        <v>8.0</v>
+        <v>1.0</v>
       </c>
       <c r="H158">
         <v>0.5</v>
       </c>
       <c r="I158">
-        <v>8.0</v>
+        <v>1.0</v>
       </c>
     </row>
     <row r="159" spans="1:9">
       <c r="A159" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="B159" t="s">
-        <v>17</v>
+        <v>84</v>
       </c>
       <c r="C159" t="s">
         <v>11</v>
       </c>
       <c r="D159" t="s">
         <v>19</v>
       </c>
       <c r="E159" t="s">
-        <v>20</v>
+        <v>13</v>
       </c>
       <c r="F159" t="s">
-        <v>49</v>
+        <v>14</v>
       </c>
       <c r="G159">
-        <v>1.0</v>
+        <v>2.0</v>
       </c>
       <c r="H159">
         <v>0.5</v>
       </c>
       <c r="I159">
-        <v>1.0</v>
+        <v>2.0</v>
       </c>
     </row>
     <row r="160" spans="1:9">
       <c r="A160" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
       <c r="B160" t="s">
-        <v>23</v>
+        <v>17</v>
       </c>
       <c r="C160" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="D160" t="s">
         <v>19</v>
       </c>
       <c r="E160" t="s">
         <v>20</v>
       </c>
       <c r="F160" t="s">
-        <v>225</v>
+        <v>50</v>
       </c>
       <c r="G160">
-        <v>21.0</v>
+        <v>1.0</v>
       </c>
       <c r="H160">
         <v>0.5</v>
       </c>
       <c r="I160">
-        <v>21.0</v>
+        <v>1.0</v>
       </c>
     </row>
     <row r="161" spans="1:9">
       <c r="A161" t="s">
         <v>226</v>
       </c>
       <c r="B161" t="s">
+        <v>23</v>
+      </c>
+      <c r="C161" t="s">
+        <v>18</v>
+      </c>
+      <c r="D161" t="s">
+        <v>19</v>
+      </c>
+      <c r="E161" t="s">
+        <v>20</v>
+      </c>
+      <c r="F161" t="s">
         <v>227</v>
       </c>
-      <c r="C161" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G161">
-        <v>3.0</v>
+        <v>21.0</v>
       </c>
       <c r="H161">
         <v>0.5</v>
       </c>
       <c r="I161">
-        <v>3.0</v>
+        <v>21.0</v>
       </c>
     </row>
     <row r="162" spans="1:9">
       <c r="A162" t="s">
         <v>228</v>
       </c>
       <c r="B162" t="s">
-        <v>25</v>
+        <v>84</v>
       </c>
       <c r="C162" t="s">
         <v>11</v>
       </c>
       <c r="D162" t="s">
         <v>19</v>
       </c>
       <c r="E162" t="s">
         <v>20</v>
       </c>
       <c r="F162" t="s">
-        <v>225</v>
+        <v>14</v>
       </c>
       <c r="G162">
-        <v>1.0</v>
+        <v>2.0</v>
       </c>
       <c r="H162">
         <v>0.5</v>
       </c>
       <c r="I162">
-        <v>1.0</v>
+        <v>2.0</v>
       </c>
     </row>
     <row r="163" spans="1:9">
       <c r="A163" t="s">
         <v>229</v>
       </c>
       <c r="B163" t="s">
-        <v>230</v>
+        <v>158</v>
       </c>
       <c r="C163" t="s">
-        <v>11</v>
+        <v>18</v>
       </c>
       <c r="D163" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="E163" t="s">
-        <v>13</v>
+        <v>20</v>
       </c>
       <c r="F163" t="s">
-        <v>14</v>
+        <v>34</v>
       </c>
       <c r="G163">
-        <v>3.0</v>
+        <v>8.0</v>
       </c>
       <c r="H163">
         <v>0.5</v>
       </c>
       <c r="I163">
-        <v>3.0</v>
+        <v>8.0</v>
       </c>
     </row>
     <row r="164" spans="1:9">
       <c r="A164" t="s">
+        <v>230</v>
+      </c>
+      <c r="B164" t="s">
         <v>231</v>
       </c>
-      <c r="B164" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C164" t="s">
-        <v>33</v>
+        <v>11</v>
       </c>
       <c r="D164" t="s">
         <v>19</v>
       </c>
       <c r="E164" t="s">
-        <v>20</v>
+        <v>57</v>
       </c>
       <c r="F164" t="s">
         <v>14</v>
       </c>
       <c r="G164">
-        <v>1.0</v>
+        <v>3.0</v>
       </c>
       <c r="H164">
         <v>0.5</v>
       </c>
       <c r="I164">
-        <v>1.0</v>
+        <v>3.0</v>
       </c>
     </row>
     <row r="165" spans="1:9">
       <c r="A165" t="s">
         <v>232</v>
       </c>
       <c r="B165" t="s">
-        <v>45</v>
+        <v>25</v>
       </c>
       <c r="C165" t="s">
         <v>11</v>
       </c>
       <c r="D165" t="s">
         <v>19</v>
       </c>
       <c r="E165" t="s">
         <v>20</v>
       </c>
       <c r="F165" t="s">
-        <v>14</v>
+        <v>227</v>
       </c>
       <c r="G165">
-        <v>9.0</v>
+        <v>1.0</v>
       </c>
       <c r="H165">
         <v>0.5</v>
       </c>
       <c r="I165">
-        <v>9.0</v>
+        <v>1.0</v>
       </c>
     </row>
     <row r="166" spans="1:9">
       <c r="A166" t="s">
         <v>233</v>
       </c>
       <c r="B166" t="s">
-        <v>52</v>
+        <v>234</v>
       </c>
       <c r="C166" t="s">
-        <v>53</v>
+        <v>11</v>
       </c>
       <c r="D166" t="s">
-        <v>19</v>
+        <v>12</v>
       </c>
       <c r="E166" t="s">
-        <v>20</v>
+        <v>13</v>
       </c>
       <c r="F166" t="s">
-        <v>54</v>
+        <v>14</v>
       </c>
       <c r="G166">
-        <v>1.0</v>
+        <v>3.0</v>
       </c>
       <c r="H166">
         <v>0.5</v>
       </c>
       <c r="I166">
-        <v>1.0</v>
+        <v>3.0</v>
       </c>
     </row>
     <row r="167" spans="1:9">
       <c r="A167" t="s">
-        <v>234</v>
+        <v>235</v>
       </c>
       <c r="B167" t="s">
-        <v>42</v>
+        <v>45</v>
       </c>
       <c r="C167" t="s">
-        <v>33</v>
+        <v>11</v>
       </c>
       <c r="D167" t="s">
         <v>19</v>
       </c>
       <c r="E167" t="s">
-        <v>57</v>
+        <v>20</v>
       </c>
       <c r="F167" t="s">
-        <v>54</v>
+        <v>14</v>
       </c>
       <c r="G167">
-        <v>7.0</v>
+        <v>9.0</v>
       </c>
       <c r="H167">
         <v>0.5</v>
       </c>
       <c r="I167">
-        <v>7.0</v>
+        <v>9.0</v>
       </c>
     </row>
     <row r="168" spans="1:9">
       <c r="A168" t="s">
-        <v>235</v>
+        <v>236</v>
       </c>
       <c r="B168" t="s">
-        <v>161</v>
+        <v>199</v>
       </c>
       <c r="C168" t="s">
-        <v>18</v>
+        <v>33</v>
       </c>
       <c r="D168" t="s">
         <v>19</v>
       </c>
       <c r="E168" t="s">
         <v>20</v>
       </c>
       <c r="F168" t="s">
         <v>14</v>
       </c>
       <c r="G168">
         <v>1.0</v>
       </c>
       <c r="H168">
         <v>0.5</v>
       </c>
       <c r="I168">
         <v>1.0</v>
       </c>
     </row>
     <row r="169" spans="1:9">
       <c r="A169" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
       <c r="B169" t="s">
-        <v>17</v>
+        <v>42</v>
       </c>
       <c r="C169" t="s">
-        <v>18</v>
+        <v>33</v>
       </c>
       <c r="D169" t="s">
         <v>19</v>
       </c>
       <c r="E169" t="s">
-        <v>20</v>
+        <v>57</v>
       </c>
       <c r="F169" t="s">
-        <v>14</v>
+        <v>54</v>
       </c>
       <c r="G169">
-        <v>4.0</v>
+        <v>7.0</v>
       </c>
       <c r="H169">
         <v>0.5</v>
       </c>
       <c r="I169">
-        <v>4.0</v>
+        <v>7.0</v>
       </c>
     </row>
     <row r="170" spans="1:9">
       <c r="A170" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
       <c r="B170" t="s">
-        <v>29</v>
+        <v>161</v>
       </c>
       <c r="C170" t="s">
-        <v>11</v>
+        <v>18</v>
       </c>
       <c r="D170" t="s">
         <v>19</v>
       </c>
       <c r="E170" t="s">
         <v>20</v>
       </c>
       <c r="F170" t="s">
         <v>14</v>
       </c>
       <c r="G170">
         <v>1.0</v>
       </c>
       <c r="H170">
         <v>0.5</v>
       </c>
       <c r="I170">
         <v>1.0</v>
       </c>
     </row>
     <row r="171" spans="1:9">
       <c r="A171" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
       <c r="B171" t="s">
         <v>52</v>
       </c>
       <c r="C171" t="s">
         <v>53</v>
       </c>
       <c r="D171" t="s">
         <v>19</v>
       </c>
       <c r="E171" t="s">
         <v>20</v>
       </c>
       <c r="F171" t="s">
-        <v>239</v>
+        <v>54</v>
       </c>
       <c r="G171">
         <v>1.0</v>
       </c>
       <c r="H171">
         <v>0.5</v>
       </c>
       <c r="I171">
         <v>1.0</v>
       </c>
     </row>
     <row r="172" spans="1:9">
       <c r="A172" t="s">
         <v>240</v>
       </c>
       <c r="B172" t="s">
-        <v>25</v>
+        <v>29</v>
       </c>
       <c r="C172" t="s">
-        <v>33</v>
+        <v>11</v>
       </c>
       <c r="D172" t="s">
         <v>19</v>
       </c>
       <c r="E172" t="s">
-        <v>57</v>
+        <v>20</v>
       </c>
       <c r="F172" t="s">
         <v>14</v>
       </c>
       <c r="G172">
-        <v>46.0</v>
+        <v>1.0</v>
       </c>
       <c r="H172">
         <v>0.5</v>
       </c>
       <c r="I172">
-        <v>46.0</v>
+        <v>1.0</v>
       </c>
     </row>
     <row r="173" spans="1:9">
       <c r="A173" t="s">
         <v>241</v>
       </c>
       <c r="B173" t="s">
-        <v>29</v>
+        <v>17</v>
       </c>
       <c r="C173" t="s">
-        <v>11</v>
+        <v>18</v>
       </c>
       <c r="D173" t="s">
         <v>19</v>
       </c>
       <c r="E173" t="s">
         <v>20</v>
       </c>
       <c r="F173" t="s">
         <v>14</v>
       </c>
       <c r="G173">
-        <v>1.0</v>
+        <v>4.0</v>
       </c>
       <c r="H173">
         <v>0.5</v>
       </c>
       <c r="I173">
-        <v>1.0</v>
+        <v>4.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">