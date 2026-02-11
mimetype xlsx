--- v1 (2025-12-28)
+++ v2 (2026-02-11)
@@ -323,465 +323,465 @@
   <si>
     <t>Bromus setifolius</t>
   </si>
   <si>
     <t>Diplotaxis tenuifolia</t>
   </si>
   <si>
     <t>Brassicaceae</t>
   </si>
   <si>
     <t>Menodora robusta</t>
   </si>
   <si>
     <t>Oleaceae</t>
   </si>
   <si>
     <t>Larrea divaricata</t>
   </si>
   <si>
     <t>Tetraglochin alata</t>
   </si>
   <si>
     <t>Grindelia patagonica</t>
   </si>
   <si>
+    <t>Camissonia dentata</t>
+  </si>
+  <si>
+    <t>Onagraceae</t>
+  </si>
+  <si>
     <t>Festuca sp</t>
   </si>
   <si>
     <t>Olsynium junceum</t>
   </si>
   <si>
     <t>Iridaceae</t>
   </si>
   <si>
     <t>Senecio sp</t>
   </si>
   <si>
-    <t>Camissonia dentata</t>
-[...4 lines deleted...]
-  <si>
     <t>Nassauvia fuegiana</t>
   </si>
   <si>
     <t>Larrea ameghinoi</t>
   </si>
   <si>
     <t>Junellia tonini var tonini</t>
   </si>
   <si>
     <t>Junellia sp</t>
   </si>
   <si>
     <t>Nassauvia sp</t>
   </si>
   <si>
     <t>Pleurophora patagonica</t>
   </si>
   <si>
     <t>Lythraceae</t>
   </si>
   <si>
     <t>Festuca australis</t>
   </si>
   <si>
+    <t>Arjona tuberosa</t>
+  </si>
+  <si>
+    <t>Schoepfiaceae</t>
+  </si>
+  <si>
     <t>Pectocarya linearis</t>
   </si>
   <si>
-    <t>Arjona tuberosa</t>
-[...4 lines deleted...]
-  <si>
     <t>Cerastium arvense</t>
   </si>
   <si>
     <t>Caryophyllaceae</t>
   </si>
   <si>
     <t>Gilia crassifolia</t>
   </si>
   <si>
     <t>Polemoniaceae</t>
   </si>
   <si>
     <t>Spegazziniophytum patagonicum</t>
   </si>
   <si>
     <t>Nassella tenuis</t>
   </si>
   <si>
+    <t>Austrocactus patagonico</t>
+  </si>
+  <si>
     <t>Amsinckia calycina</t>
   </si>
   <si>
-    <t>Austrocactus patagonico</t>
-[...1 lines deleted...]
-  <si>
     <t>Junellia seriphioides</t>
   </si>
   <si>
     <t>Junellia spissa</t>
   </si>
   <si>
     <t>Baccharis linearis</t>
   </si>
   <si>
     <t>Schinus sp</t>
   </si>
   <si>
     <t>Calceolaria polyrrhiza</t>
   </si>
   <si>
     <t>Calceolariaceae</t>
   </si>
   <si>
     <t>Mulguraea cedroides</t>
   </si>
   <si>
     <t>Zephyranthes gilliesiana</t>
   </si>
   <si>
     <t>Amaranthaceae</t>
   </si>
   <si>
     <t>Arjona patagonica</t>
   </si>
   <si>
     <t>Cryptantha globulifera</t>
   </si>
   <si>
     <t>Gutierrezia gilliesii</t>
   </si>
   <si>
     <t>Distichlis scoparia</t>
   </si>
   <si>
     <t>Senecio bracteolatus</t>
   </si>
   <si>
     <t>Sporobolus sp</t>
   </si>
   <si>
     <t>Acaena caespitosa</t>
   </si>
   <si>
+    <t>Baccharis spartioides</t>
+  </si>
+  <si>
     <t>Baccharis tenella</t>
   </si>
   <si>
     <t>Junellia tonini</t>
   </si>
   <si>
     <t>Suaeda divaricata</t>
   </si>
   <si>
-    <t>Baccharis spartioides</t>
+    <t>Distichlis spicata</t>
   </si>
   <si>
     <t>Cyclolepis genistoides</t>
   </si>
   <si>
     <t>Euphorbia collina</t>
   </si>
   <si>
     <t>Juncus balticus</t>
   </si>
   <si>
     <t>Juncaceae</t>
   </si>
   <si>
     <t>Brachyclados caespitosus</t>
   </si>
   <si>
-    <t>Distichlis spicata</t>
+    <t>Retanilla patagonica</t>
+  </si>
+  <si>
+    <t>Rhamnaceae</t>
   </si>
   <si>
     <t>Ephedra chilensis</t>
   </si>
   <si>
     <t>Senecio subulatus</t>
   </si>
   <si>
     <t>Mulguraea tetragonocalyx</t>
   </si>
   <si>
-    <t>Retanilla patagonica</t>
-[...4 lines deleted...]
-  <si>
     <t>Brachyclados</t>
   </si>
   <si>
     <t>Sphaeralcea mendocina</t>
   </si>
   <si>
     <t>Malvaceae</t>
   </si>
   <si>
     <t>Pinnasa bergii</t>
   </si>
   <si>
     <t>Loasaceae</t>
   </si>
   <si>
+    <t>Mutisia retrorsa</t>
+  </si>
+  <si>
     <t>Fabiana nana</t>
   </si>
   <si>
     <t>Carex subantarctica</t>
   </si>
   <si>
     <t>Cyperaceae</t>
   </si>
   <si>
     <t>Montiopsis copiapina</t>
   </si>
   <si>
     <t>Montiaceae</t>
   </si>
   <si>
     <t>Camelina microcarpa</t>
   </si>
   <si>
-    <t>Mutisia retrorsa</t>
+    <t>Adesmia villosa</t>
   </si>
   <si>
     <t>Perezia recurvata</t>
   </si>
   <si>
-    <t>Adesmia villosa</t>
-[...1 lines deleted...]
-  <si>
     <t>Blitum nuttallianum</t>
   </si>
   <si>
     <t>Sisyrinchium arenarium</t>
   </si>
   <si>
     <t>Astragalus pehuenches</t>
   </si>
   <si>
     <t>Lycium gilliesianum</t>
   </si>
   <si>
+    <t>Suaeda patagonica Speg</t>
+  </si>
+  <si>
     <t>Lepidium perfoliatum</t>
   </si>
   <si>
     <t>Brachyclados megalanthus</t>
   </si>
   <si>
     <t>Azorella sp</t>
   </si>
   <si>
+    <t>Brachyclados sp</t>
+  </si>
+  <si>
+    <t>Arbolito</t>
+  </si>
+  <si>
     <t>Leucheria achillaeifolia</t>
   </si>
   <si>
-    <t>Brachyclados sp</t>
-[...4 lines deleted...]
-  <si>
     <t>Solanum triflorum</t>
   </si>
   <si>
     <t>Discaria americana</t>
   </si>
   <si>
     <t>Acaena poeppigiana</t>
   </si>
   <si>
+    <t>Junellia connatibracteata</t>
+  </si>
+  <si>
     <t>Adesmia ameghinoi</t>
   </si>
   <si>
-    <t>Junellia connatibracteata</t>
-[...4 lines deleted...]
-  <si>
     <t>Distichlis australis</t>
   </si>
   <si>
+    <t>Adesmia lotoides</t>
+  </si>
+  <si>
+    <t>Nassauvia aculeata</t>
+  </si>
+  <si>
     <t>Salsola kali</t>
   </si>
   <si>
-    <t>Adesmia lotoides</t>
-[...4 lines deleted...]
-  <si>
     <t>Duseniella patagonica</t>
   </si>
   <si>
     <t>Junellia thymifolia</t>
   </si>
   <si>
     <t>Senecio patagonicus</t>
   </si>
   <si>
+    <t>Plantago myosuros</t>
+  </si>
+  <si>
     <t>Hypochaeris incana</t>
   </si>
   <si>
-    <t>Plantago myosuros</t>
-[...1 lines deleted...]
-  <si>
     <t>Polygala darwiniana</t>
   </si>
   <si>
     <t>Polygalaceae</t>
   </si>
   <si>
     <t>Tristagma patagonicum</t>
   </si>
   <si>
     <t>Amaryllidaceae</t>
   </si>
   <si>
+    <t>Polygonum aviculare</t>
+  </si>
+  <si>
     <t>Chuquiraga straminea</t>
   </si>
   <si>
-    <t>Polygonum aviculare</t>
-[...1 lines deleted...]
-  <si>
     <t>Adesmia candida</t>
   </si>
   <si>
     <t>Mulguraea tridens</t>
   </si>
   <si>
+    <t>Junellia micrantha</t>
+  </si>
+  <si>
+    <t>Adesmia corymbosa</t>
+  </si>
+  <si>
+    <t>Cactacea sp</t>
+  </si>
+  <si>
+    <t>No Definido</t>
+  </si>
+  <si>
     <t>Anthemis cotula</t>
   </si>
   <si>
     <t>Adesmia longipes</t>
   </si>
   <si>
-    <t>Cactacea sp</t>
-[...4 lines deleted...]
-  <si>
     <t>Doniophyton anomalum</t>
   </si>
   <si>
     <t>Chenopodium album</t>
   </si>
   <si>
+    <t>Ameghinoa patagonica</t>
+  </si>
+  <si>
     <t>Junellia tridactylites</t>
   </si>
   <si>
     <t>Neosparton aphyllum</t>
   </si>
   <si>
-    <t>Ameghinoa patagonica</t>
-[...1 lines deleted...]
-  <si>
     <t>Lecanophora chubutensis</t>
   </si>
   <si>
+    <t>Senecio sericeonitens</t>
+  </si>
+  <si>
+    <t>Astragalus cruckshanksii</t>
+  </si>
+  <si>
     <t>Lecanophora subacaulis</t>
   </si>
   <si>
     <t>Perezia pilifera</t>
   </si>
   <si>
-    <t>Senecio sericeonitens</t>
-[...2 lines deleted...]
-    <t>Astragalus cruckshanksii</t>
+    <t>Perezia sp</t>
   </si>
   <si>
     <t>Lepidium appelianum</t>
   </si>
   <si>
-    <t>Perezia sp</t>
+    <t>Phacelia secunda var secunda</t>
   </si>
   <si>
     <t>Galium aparine</t>
   </si>
   <si>
     <t>Rubiaceae</t>
   </si>
   <si>
-    <t>Phacelia secunda var secunda</t>
+    <t>Lycium repens</t>
+  </si>
+  <si>
+    <t>SADS 84/2010 Categoría V</t>
+  </si>
+  <si>
+    <t>Phacelia sinuata</t>
+  </si>
+  <si>
+    <t>Condalia microphylla</t>
   </si>
   <si>
     <t>Glandularia macrosperma</t>
   </si>
   <si>
-    <t>Lycium repens</t>
-[...10 lines deleted...]
-  <si>
     <t>Marrubium vulgare</t>
   </si>
   <si>
     <t>Lamiaceae</t>
   </si>
   <si>
     <t>Nassauvia chubutensis</t>
   </si>
   <si>
     <t>Triglochin concinna</t>
   </si>
   <si>
     <t>Juncaginaceae</t>
   </si>
   <si>
+    <t>Polygala desiderata</t>
+  </si>
+  <si>
     <t>Acaena platyacantha</t>
   </si>
   <si>
-    <t>Polygala desiderata</t>
+    <t>Corynabutilon bicolor</t>
+  </si>
+  <si>
+    <t>Pterocactus australis</t>
   </si>
   <si>
     <t>Bassia scoparia</t>
-  </si>
-[...10 lines deleted...]
-    <t>Junellia micrantha</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -2722,159 +2722,159 @@
       </c>
       <c r="D56" t="s">
         <v>19</v>
       </c>
       <c r="E56" t="s">
         <v>20</v>
       </c>
       <c r="F56" t="s">
         <v>50</v>
       </c>
       <c r="G56">
         <v>9.9048</v>
       </c>
       <c r="H56">
         <v>10.5</v>
       </c>
       <c r="I56">
         <v>9.9048</v>
       </c>
     </row>
     <row r="57" spans="1:9">
       <c r="A57" t="s">
         <v>103</v>
       </c>
       <c r="B57" t="s">
-        <v>10</v>
+        <v>104</v>
       </c>
       <c r="C57" t="s">
-        <v>11</v>
+        <v>33</v>
       </c>
       <c r="D57" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="E57" t="s">
-        <v>13</v>
+        <v>20</v>
       </c>
       <c r="F57" t="s">
         <v>14</v>
       </c>
       <c r="G57">
-        <v>15.8</v>
+        <v>1.55</v>
       </c>
       <c r="H57">
         <v>10.0</v>
       </c>
       <c r="I57">
-        <v>15.8</v>
+        <v>1.55</v>
       </c>
     </row>
     <row r="58" spans="1:9">
       <c r="A58" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="B58" t="s">
-        <v>105</v>
+        <v>10</v>
       </c>
       <c r="C58" t="s">
         <v>11</v>
       </c>
       <c r="D58" t="s">
-        <v>19</v>
+        <v>12</v>
       </c>
       <c r="E58" t="s">
         <v>13</v>
       </c>
       <c r="F58" t="s">
         <v>14</v>
       </c>
       <c r="G58">
-        <v>3.6</v>
+        <v>15.8</v>
       </c>
       <c r="H58">
         <v>10.0</v>
       </c>
       <c r="I58">
-        <v>3.6</v>
+        <v>15.8</v>
       </c>
     </row>
     <row r="59" spans="1:9">
       <c r="A59" t="s">
         <v>106</v>
       </c>
       <c r="B59" t="s">
-        <v>25</v>
+        <v>107</v>
       </c>
       <c r="C59" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="D59" t="s">
         <v>19</v>
       </c>
       <c r="E59" t="s">
-        <v>20</v>
+        <v>13</v>
       </c>
       <c r="F59" t="s">
         <v>14</v>
       </c>
       <c r="G59">
-        <v>5.6</v>
+        <v>3.6</v>
       </c>
       <c r="H59">
         <v>10.0</v>
       </c>
       <c r="I59">
-        <v>5.6</v>
+        <v>3.6</v>
       </c>
     </row>
     <row r="60" spans="1:9">
       <c r="A60" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="B60" t="s">
-        <v>108</v>
+        <v>25</v>
       </c>
       <c r="C60" t="s">
-        <v>33</v>
+        <v>18</v>
       </c>
       <c r="D60" t="s">
         <v>19</v>
       </c>
       <c r="E60" t="s">
         <v>20</v>
       </c>
       <c r="F60" t="s">
         <v>14</v>
       </c>
       <c r="G60">
-        <v>1.55</v>
+        <v>5.6</v>
       </c>
       <c r="H60">
         <v>10.0</v>
       </c>
       <c r="I60">
-        <v>1.55</v>
+        <v>5.6</v>
       </c>
     </row>
     <row r="61" spans="1:9">
       <c r="A61" t="s">
         <v>109</v>
       </c>
       <c r="B61" t="s">
         <v>25</v>
       </c>
       <c r="C61" t="s">
         <v>18</v>
       </c>
       <c r="D61" t="s">
         <v>19</v>
       </c>
       <c r="E61" t="s">
         <v>20</v>
       </c>
       <c r="F61" t="s">
         <v>26</v>
       </c>
       <c r="G61">
         <v>7.7368</v>
       </c>
       <c r="H61">
@@ -3041,101 +3041,101 @@
       </c>
       <c r="D67" t="s">
         <v>12</v>
       </c>
       <c r="E67" t="s">
         <v>20</v>
       </c>
       <c r="F67" t="s">
         <v>14</v>
       </c>
       <c r="G67">
         <v>2.6875</v>
       </c>
       <c r="H67">
         <v>8.0</v>
       </c>
       <c r="I67">
         <v>2.6875</v>
       </c>
     </row>
     <row r="68" spans="1:9">
       <c r="A68" t="s">
         <v>117</v>
       </c>
       <c r="B68" t="s">
-        <v>84</v>
+        <v>118</v>
       </c>
       <c r="C68" t="s">
-        <v>33</v>
+        <v>11</v>
       </c>
       <c r="D68" t="s">
         <v>19</v>
       </c>
       <c r="E68" t="s">
-        <v>13</v>
+        <v>20</v>
       </c>
       <c r="F68" t="s">
         <v>14</v>
       </c>
       <c r="G68">
-        <v>4.1875</v>
+        <v>1.5625</v>
       </c>
       <c r="H68">
         <v>8.0</v>
       </c>
       <c r="I68">
-        <v>4.1875</v>
+        <v>1.5625</v>
       </c>
     </row>
     <row r="69" spans="1:9">
       <c r="A69" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="B69" t="s">
-        <v>119</v>
+        <v>84</v>
       </c>
       <c r="C69" t="s">
-        <v>11</v>
+        <v>33</v>
       </c>
       <c r="D69" t="s">
         <v>19</v>
       </c>
       <c r="E69" t="s">
-        <v>20</v>
+        <v>13</v>
       </c>
       <c r="F69" t="s">
         <v>14</v>
       </c>
       <c r="G69">
-        <v>1.5625</v>
+        <v>4.1875</v>
       </c>
       <c r="H69">
         <v>8.0</v>
       </c>
       <c r="I69">
-        <v>1.5625</v>
+        <v>4.1875</v>
       </c>
     </row>
     <row r="70" spans="1:9">
       <c r="A70" t="s">
         <v>120</v>
       </c>
       <c r="B70" t="s">
         <v>121</v>
       </c>
       <c r="C70" t="s">
         <v>11</v>
       </c>
       <c r="D70" t="s">
         <v>19</v>
       </c>
       <c r="E70" t="s">
         <v>57</v>
       </c>
       <c r="F70" t="s">
         <v>14</v>
       </c>
       <c r="G70">
         <v>2.9333</v>
       </c>
       <c r="H70">
@@ -3215,101 +3215,101 @@
       </c>
       <c r="D73" t="s">
         <v>12</v>
       </c>
       <c r="E73" t="s">
         <v>20</v>
       </c>
       <c r="F73" t="s">
         <v>14</v>
       </c>
       <c r="G73">
         <v>3.2857</v>
       </c>
       <c r="H73">
         <v>7.0</v>
       </c>
       <c r="I73">
         <v>3.2857</v>
       </c>
     </row>
     <row r="74" spans="1:9">
       <c r="A74" t="s">
         <v>126</v>
       </c>
       <c r="B74" t="s">
-        <v>84</v>
+        <v>52</v>
       </c>
       <c r="C74" t="s">
-        <v>33</v>
+        <v>53</v>
       </c>
       <c r="D74" t="s">
         <v>19</v>
       </c>
       <c r="E74" t="s">
-        <v>13</v>
+        <v>20</v>
       </c>
       <c r="F74" t="s">
         <v>14</v>
       </c>
       <c r="G74">
-        <v>5.1429</v>
+        <v>1.4286</v>
       </c>
       <c r="H74">
         <v>7.0</v>
       </c>
       <c r="I74">
-        <v>5.1429</v>
+        <v>1.4286</v>
       </c>
     </row>
     <row r="75" spans="1:9">
       <c r="A75" t="s">
         <v>127</v>
       </c>
       <c r="B75" t="s">
-        <v>52</v>
+        <v>84</v>
       </c>
       <c r="C75" t="s">
-        <v>53</v>
+        <v>33</v>
       </c>
       <c r="D75" t="s">
         <v>19</v>
       </c>
       <c r="E75" t="s">
-        <v>20</v>
+        <v>13</v>
       </c>
       <c r="F75" t="s">
         <v>14</v>
       </c>
       <c r="G75">
-        <v>1.4286</v>
+        <v>5.1429</v>
       </c>
       <c r="H75">
         <v>7.0</v>
       </c>
       <c r="I75">
-        <v>1.4286</v>
+        <v>5.1429</v>
       </c>
     </row>
     <row r="76" spans="1:9">
       <c r="A76" t="s">
         <v>128</v>
       </c>
       <c r="B76" t="s">
         <v>17</v>
       </c>
       <c r="C76" t="s">
         <v>18</v>
       </c>
       <c r="D76" t="s">
         <v>19</v>
       </c>
       <c r="E76" t="s">
         <v>13</v>
       </c>
       <c r="F76" t="s">
         <v>14</v>
       </c>
       <c r="G76">
         <v>4.0714</v>
       </c>
       <c r="H76">
@@ -3476,51 +3476,51 @@
       </c>
       <c r="D82" t="s">
         <v>12</v>
       </c>
       <c r="E82" t="s">
         <v>20</v>
       </c>
       <c r="F82" t="s">
         <v>14</v>
       </c>
       <c r="G82">
         <v>2.1818</v>
       </c>
       <c r="H82">
         <v>5.5</v>
       </c>
       <c r="I82">
         <v>2.1818</v>
       </c>
     </row>
     <row r="83" spans="1:9">
       <c r="A83" t="s">
         <v>137</v>
       </c>
       <c r="B83" t="s">
-        <v>119</v>
+        <v>118</v>
       </c>
       <c r="C83" t="s">
         <v>11</v>
       </c>
       <c r="D83" t="s">
         <v>19</v>
       </c>
       <c r="E83" t="s">
         <v>20</v>
       </c>
       <c r="F83" t="s">
         <v>14</v>
       </c>
       <c r="G83">
         <v>2.4545</v>
       </c>
       <c r="H83">
         <v>5.5</v>
       </c>
       <c r="I83">
         <v>2.4545</v>
       </c>
     </row>
     <row r="84" spans="1:9">
       <c r="A84" t="s">
@@ -3682,417 +3682,417 @@
       </c>
       <c r="E89" t="s">
         <v>20</v>
       </c>
       <c r="F89" t="s">
         <v>14</v>
       </c>
       <c r="G89">
         <v>3.0</v>
       </c>
       <c r="H89">
         <v>5.0</v>
       </c>
       <c r="I89">
         <v>3.0</v>
       </c>
     </row>
     <row r="90" spans="1:9">
       <c r="A90" t="s">
         <v>144</v>
       </c>
       <c r="B90" t="s">
         <v>25</v>
       </c>
       <c r="C90" t="s">
-        <v>11</v>
+        <v>18</v>
       </c>
       <c r="D90" t="s">
         <v>19</v>
       </c>
       <c r="E90" t="s">
         <v>20</v>
       </c>
       <c r="F90" t="s">
-        <v>50</v>
+        <v>14</v>
       </c>
       <c r="G90">
-        <v>1.6667</v>
+        <v>6.0</v>
       </c>
       <c r="H90">
         <v>4.5</v>
       </c>
       <c r="I90">
-        <v>1.6667</v>
+        <v>6.0</v>
       </c>
     </row>
     <row r="91" spans="1:9">
       <c r="A91" t="s">
         <v>145</v>
       </c>
       <c r="B91" t="s">
-        <v>17</v>
+        <v>25</v>
       </c>
       <c r="C91" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="D91" t="s">
         <v>19</v>
       </c>
       <c r="E91" t="s">
         <v>20</v>
       </c>
       <c r="F91" t="s">
-        <v>14</v>
+        <v>50</v>
       </c>
       <c r="G91">
-        <v>4.0</v>
+        <v>1.6667</v>
       </c>
       <c r="H91">
         <v>4.5</v>
       </c>
       <c r="I91">
-        <v>4.0</v>
+        <v>1.6667</v>
       </c>
     </row>
     <row r="92" spans="1:9">
       <c r="A92" t="s">
         <v>146</v>
       </c>
       <c r="B92" t="s">
-        <v>136</v>
+        <v>17</v>
       </c>
       <c r="C92" t="s">
         <v>18</v>
       </c>
       <c r="D92" t="s">
         <v>19</v>
       </c>
       <c r="E92" t="s">
-        <v>13</v>
+        <v>20</v>
       </c>
       <c r="F92" t="s">
         <v>14</v>
       </c>
       <c r="G92">
-        <v>17.3333</v>
+        <v>4.0</v>
       </c>
       <c r="H92">
         <v>4.5</v>
       </c>
       <c r="I92">
-        <v>17.3333</v>
+        <v>4.0</v>
       </c>
     </row>
     <row r="93" spans="1:9">
       <c r="A93" t="s">
         <v>147</v>
       </c>
       <c r="B93" t="s">
-        <v>25</v>
+        <v>136</v>
       </c>
       <c r="C93" t="s">
         <v>18</v>
       </c>
       <c r="D93" t="s">
         <v>19</v>
       </c>
       <c r="E93" t="s">
-        <v>20</v>
+        <v>13</v>
       </c>
       <c r="F93" t="s">
         <v>14</v>
       </c>
       <c r="G93">
-        <v>6.0</v>
+        <v>17.3333</v>
       </c>
       <c r="H93">
         <v>4.5</v>
       </c>
       <c r="I93">
-        <v>6.0</v>
+        <v>17.3333</v>
       </c>
     </row>
     <row r="94" spans="1:9">
       <c r="A94" t="s">
         <v>148</v>
       </c>
       <c r="B94" t="s">
-        <v>25</v>
+        <v>10</v>
       </c>
       <c r="C94" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="D94" t="s">
-        <v>19</v>
+        <v>12</v>
       </c>
       <c r="E94" t="s">
-        <v>20</v>
+        <v>13</v>
       </c>
       <c r="F94" t="s">
-        <v>14</v>
+        <v>54</v>
       </c>
       <c r="G94">
-        <v>10.5</v>
+        <v>23.5</v>
       </c>
       <c r="H94">
         <v>4.0</v>
       </c>
       <c r="I94">
-        <v>10.5</v>
+        <v>23.5</v>
       </c>
     </row>
     <row r="95" spans="1:9">
       <c r="A95" t="s">
         <v>149</v>
       </c>
       <c r="B95" t="s">
-        <v>91</v>
+        <v>25</v>
       </c>
       <c r="C95" t="s">
-        <v>11</v>
+        <v>18</v>
       </c>
       <c r="D95" t="s">
         <v>19</v>
       </c>
       <c r="E95" t="s">
         <v>20</v>
       </c>
       <c r="F95" t="s">
         <v>14</v>
       </c>
       <c r="G95">
-        <v>2.375</v>
+        <v>10.5</v>
       </c>
       <c r="H95">
         <v>4.0</v>
       </c>
       <c r="I95">
-        <v>2.375</v>
+        <v>10.5</v>
       </c>
     </row>
     <row r="96" spans="1:9">
       <c r="A96" t="s">
         <v>150</v>
       </c>
       <c r="B96" t="s">
-        <v>151</v>
+        <v>91</v>
       </c>
       <c r="C96" t="s">
         <v>11</v>
       </c>
       <c r="D96" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="E96" t="s">
-        <v>13</v>
+        <v>20</v>
       </c>
       <c r="F96" t="s">
         <v>14</v>
       </c>
       <c r="G96">
-        <v>12.625</v>
+        <v>2.375</v>
       </c>
       <c r="H96">
         <v>4.0</v>
       </c>
       <c r="I96">
-        <v>12.625</v>
+        <v>2.375</v>
       </c>
     </row>
     <row r="97" spans="1:9">
       <c r="A97" t="s">
+        <v>151</v>
+      </c>
+      <c r="B97" t="s">
         <v>152</v>
       </c>
-      <c r="B97" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C97" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="D97" t="s">
-        <v>19</v>
+        <v>12</v>
       </c>
       <c r="E97" t="s">
-        <v>20</v>
+        <v>13</v>
       </c>
       <c r="F97" t="s">
-        <v>21</v>
+        <v>14</v>
       </c>
       <c r="G97">
-        <v>1.375</v>
+        <v>12.625</v>
       </c>
       <c r="H97">
         <v>4.0</v>
       </c>
       <c r="I97">
-        <v>1.375</v>
+        <v>12.625</v>
       </c>
     </row>
     <row r="98" spans="1:9">
       <c r="A98" t="s">
         <v>153</v>
       </c>
       <c r="B98" t="s">
-        <v>10</v>
+        <v>25</v>
       </c>
       <c r="C98" t="s">
-        <v>11</v>
+        <v>18</v>
       </c>
       <c r="D98" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="E98" t="s">
-        <v>13</v>
+        <v>20</v>
       </c>
       <c r="F98" t="s">
-        <v>54</v>
+        <v>21</v>
       </c>
       <c r="G98">
-        <v>23.5</v>
+        <v>1.375</v>
       </c>
       <c r="H98">
         <v>4.0</v>
       </c>
       <c r="I98">
-        <v>23.5</v>
+        <v>1.375</v>
       </c>
     </row>
     <row r="99" spans="1:9">
       <c r="A99" t="s">
         <v>154</v>
       </c>
       <c r="B99" t="s">
-        <v>59</v>
+        <v>155</v>
       </c>
       <c r="C99" t="s">
         <v>18</v>
       </c>
       <c r="D99" t="s">
         <v>19</v>
       </c>
       <c r="E99" t="s">
         <v>20</v>
       </c>
       <c r="F99" t="s">
-        <v>54</v>
+        <v>50</v>
       </c>
       <c r="G99">
-        <v>3.5714</v>
+        <v>2.5714</v>
       </c>
       <c r="H99">
         <v>3.5</v>
       </c>
       <c r="I99">
-        <v>3.5714</v>
+        <v>2.5714</v>
       </c>
     </row>
     <row r="100" spans="1:9">
       <c r="A100" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="B100" t="s">
-        <v>25</v>
+        <v>59</v>
       </c>
       <c r="C100" t="s">
         <v>18</v>
       </c>
       <c r="D100" t="s">
         <v>19</v>
       </c>
       <c r="E100" t="s">
         <v>20</v>
       </c>
       <c r="F100" t="s">
-        <v>14</v>
+        <v>54</v>
       </c>
       <c r="G100">
-        <v>2.2857</v>
+        <v>3.5714</v>
       </c>
       <c r="H100">
         <v>3.5</v>
       </c>
       <c r="I100">
-        <v>2.2857</v>
+        <v>3.5714</v>
       </c>
     </row>
     <row r="101" spans="1:9">
       <c r="A101" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="B101" t="s">
-        <v>17</v>
+        <v>25</v>
       </c>
       <c r="C101" t="s">
         <v>18</v>
       </c>
       <c r="D101" t="s">
         <v>19</v>
       </c>
       <c r="E101" t="s">
         <v>20</v>
       </c>
       <c r="F101" t="s">
-        <v>21</v>
+        <v>14</v>
       </c>
       <c r="G101">
-        <v>16.7143</v>
+        <v>2.2857</v>
       </c>
       <c r="H101">
         <v>3.5</v>
       </c>
       <c r="I101">
-        <v>16.7143</v>
+        <v>2.2857</v>
       </c>
     </row>
     <row r="102" spans="1:9">
       <c r="A102" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="B102" t="s">
-        <v>158</v>
+        <v>17</v>
       </c>
       <c r="C102" t="s">
         <v>18</v>
       </c>
       <c r="D102" t="s">
         <v>19</v>
       </c>
       <c r="E102" t="s">
         <v>20</v>
       </c>
       <c r="F102" t="s">
-        <v>50</v>
+        <v>21</v>
       </c>
       <c r="G102">
-        <v>2.5714</v>
+        <v>16.7143</v>
       </c>
       <c r="H102">
         <v>3.5</v>
       </c>
       <c r="I102">
-        <v>2.5714</v>
+        <v>16.7143</v>
       </c>
     </row>
     <row r="103" spans="1:9">
       <c r="A103" t="s">
         <v>159</v>
       </c>
       <c r="B103" t="s">
         <v>25</v>
       </c>
       <c r="C103" t="s">
         <v>18</v>
       </c>
       <c r="D103" t="s">
         <v>19</v>
       </c>
       <c r="E103" t="s">
         <v>20</v>
       </c>
       <c r="F103" t="s">
         <v>54</v>
       </c>
       <c r="G103">
         <v>6.6667</v>
       </c>
       <c r="H103">
@@ -4143,283 +4143,283 @@
       </c>
       <c r="D105" t="s">
         <v>19</v>
       </c>
       <c r="E105" t="s">
         <v>20</v>
       </c>
       <c r="F105" t="s">
         <v>14</v>
       </c>
       <c r="G105">
         <v>1.3333</v>
       </c>
       <c r="H105">
         <v>3.0</v>
       </c>
       <c r="I105">
         <v>1.3333</v>
       </c>
     </row>
     <row r="106" spans="1:9">
       <c r="A106" t="s">
         <v>164</v>
       </c>
       <c r="B106" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="C106" t="s">
         <v>43</v>
       </c>
       <c r="D106" t="s">
         <v>19</v>
       </c>
       <c r="E106" t="s">
         <v>20</v>
       </c>
       <c r="F106" t="s">
-        <v>21</v>
+        <v>50</v>
       </c>
       <c r="G106">
-        <v>2.0</v>
+        <v>2.2</v>
       </c>
       <c r="H106">
         <v>2.5</v>
       </c>
       <c r="I106">
-        <v>2.0</v>
+        <v>2.2</v>
       </c>
     </row>
     <row r="107" spans="1:9">
       <c r="A107" t="s">
         <v>165</v>
       </c>
       <c r="B107" t="s">
-        <v>166</v>
+        <v>23</v>
       </c>
       <c r="C107" t="s">
-        <v>11</v>
+        <v>43</v>
       </c>
       <c r="D107" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="E107" t="s">
         <v>20</v>
       </c>
       <c r="F107" t="s">
-        <v>14</v>
+        <v>21</v>
       </c>
       <c r="G107">
-        <v>2.4</v>
+        <v>2.0</v>
       </c>
       <c r="H107">
         <v>2.5</v>
       </c>
       <c r="I107">
-        <v>2.4</v>
+        <v>2.0</v>
       </c>
     </row>
     <row r="108" spans="1:9">
       <c r="A108" t="s">
+        <v>166</v>
+      </c>
+      <c r="B108" t="s">
         <v>167</v>
       </c>
-      <c r="B108" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C108" t="s">
-        <v>33</v>
+        <v>11</v>
       </c>
       <c r="D108" t="s">
-        <v>19</v>
+        <v>12</v>
       </c>
       <c r="E108" t="s">
         <v>20</v>
       </c>
       <c r="F108" t="s">
         <v>14</v>
       </c>
       <c r="G108">
-        <v>2.2</v>
+        <v>2.4</v>
       </c>
       <c r="H108">
         <v>2.5</v>
       </c>
       <c r="I108">
-        <v>2.2</v>
+        <v>2.4</v>
       </c>
     </row>
     <row r="109" spans="1:9">
       <c r="A109" t="s">
+        <v>168</v>
+      </c>
+      <c r="B109" t="s">
         <v>169</v>
-      </c>
-[...1 lines deleted...]
-        <v>97</v>
       </c>
       <c r="C109" t="s">
         <v>33</v>
       </c>
       <c r="D109" t="s">
         <v>19</v>
       </c>
       <c r="E109" t="s">
-        <v>57</v>
+        <v>20</v>
       </c>
       <c r="F109" t="s">
         <v>14</v>
       </c>
       <c r="G109">
-        <v>1.4</v>
+        <v>2.2</v>
       </c>
       <c r="H109">
         <v>2.5</v>
       </c>
       <c r="I109">
-        <v>1.4</v>
+        <v>2.2</v>
       </c>
     </row>
     <row r="110" spans="1:9">
       <c r="A110" t="s">
         <v>170</v>
       </c>
       <c r="B110" t="s">
-        <v>25</v>
+        <v>97</v>
       </c>
       <c r="C110" t="s">
-        <v>43</v>
+        <v>33</v>
       </c>
       <c r="D110" t="s">
         <v>19</v>
       </c>
       <c r="E110" t="s">
-        <v>20</v>
+        <v>57</v>
       </c>
       <c r="F110" t="s">
-        <v>50</v>
+        <v>14</v>
       </c>
       <c r="G110">
-        <v>2.2</v>
+        <v>1.4</v>
       </c>
       <c r="H110">
         <v>2.5</v>
       </c>
       <c r="I110">
-        <v>2.2</v>
+        <v>1.4</v>
       </c>
     </row>
     <row r="111" spans="1:9">
       <c r="A111" t="s">
         <v>171</v>
       </c>
       <c r="B111" t="s">
-        <v>25</v>
+        <v>29</v>
       </c>
       <c r="C111" t="s">
         <v>11</v>
       </c>
       <c r="D111" t="s">
         <v>19</v>
       </c>
       <c r="E111" t="s">
         <v>20</v>
       </c>
       <c r="F111" t="s">
         <v>14</v>
       </c>
       <c r="G111">
-        <v>1.5</v>
+        <v>1.75</v>
       </c>
       <c r="H111">
         <v>2.0</v>
       </c>
       <c r="I111">
-        <v>1.5</v>
+        <v>1.75</v>
       </c>
     </row>
     <row r="112" spans="1:9">
       <c r="A112" t="s">
         <v>172</v>
       </c>
       <c r="B112" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="C112" t="s">
         <v>11</v>
       </c>
       <c r="D112" t="s">
         <v>19</v>
       </c>
       <c r="E112" t="s">
         <v>20</v>
       </c>
       <c r="F112" t="s">
         <v>14</v>
       </c>
       <c r="G112">
-        <v>1.75</v>
+        <v>1.5</v>
       </c>
       <c r="H112">
         <v>2.0</v>
       </c>
       <c r="I112">
-        <v>1.75</v>
+        <v>1.5</v>
       </c>
     </row>
     <row r="113" spans="1:9">
       <c r="A113" t="s">
         <v>173</v>
       </c>
       <c r="B113" t="s">
         <v>42</v>
       </c>
       <c r="C113" t="s">
         <v>33</v>
       </c>
       <c r="D113" t="s">
         <v>19</v>
       </c>
       <c r="E113" t="s">
         <v>57</v>
       </c>
       <c r="F113" t="s">
         <v>14</v>
       </c>
       <c r="G113">
         <v>2.5</v>
       </c>
       <c r="H113">
         <v>2.0</v>
       </c>
       <c r="I113">
         <v>2.5</v>
       </c>
     </row>
     <row r="114" spans="1:9">
       <c r="A114" t="s">
         <v>174</v>
       </c>
       <c r="B114" t="s">
-        <v>105</v>
+        <v>107</v>
       </c>
       <c r="C114" t="s">
         <v>11</v>
       </c>
       <c r="D114" t="s">
         <v>12</v>
       </c>
       <c r="E114" t="s">
         <v>20</v>
       </c>
       <c r="F114" t="s">
         <v>14</v>
       </c>
       <c r="G114">
         <v>2.25</v>
       </c>
       <c r="H114">
         <v>2.0</v>
       </c>
       <c r="I114">
         <v>2.25</v>
       </c>
     </row>
     <row r="115" spans="1:9">
       <c r="A115" t="s">
@@ -4462,478 +4462,478 @@
       </c>
       <c r="D116" t="s">
         <v>19</v>
       </c>
       <c r="E116" t="s">
         <v>20</v>
       </c>
       <c r="F116" t="s">
         <v>26</v>
       </c>
       <c r="G116">
         <v>3.5</v>
       </c>
       <c r="H116">
         <v>2.0</v>
       </c>
       <c r="I116">
         <v>3.5</v>
       </c>
     </row>
     <row r="117" spans="1:9">
       <c r="A117" t="s">
         <v>177</v>
       </c>
       <c r="B117" t="s">
-        <v>97</v>
+        <v>42</v>
       </c>
       <c r="C117" t="s">
         <v>33</v>
       </c>
       <c r="D117" t="s">
         <v>19</v>
       </c>
       <c r="E117" t="s">
-        <v>57</v>
+        <v>20</v>
       </c>
       <c r="F117" t="s">
         <v>14</v>
       </c>
       <c r="G117">
-        <v>2.0</v>
+        <v>1.6667</v>
       </c>
       <c r="H117">
         <v>1.5</v>
       </c>
       <c r="I117">
-        <v>2.0</v>
+        <v>1.6667</v>
       </c>
     </row>
     <row r="118" spans="1:9">
       <c r="A118" t="s">
         <v>178</v>
       </c>
       <c r="B118" t="s">
-        <v>25</v>
+        <v>97</v>
       </c>
       <c r="C118" t="s">
-        <v>18</v>
+        <v>33</v>
       </c>
       <c r="D118" t="s">
         <v>19</v>
       </c>
       <c r="E118" t="s">
-        <v>20</v>
+        <v>57</v>
       </c>
       <c r="F118" t="s">
-        <v>21</v>
+        <v>14</v>
       </c>
       <c r="G118">
-        <v>5.3333</v>
+        <v>2.0</v>
       </c>
       <c r="H118">
         <v>1.5</v>
       </c>
       <c r="I118">
-        <v>5.3333</v>
+        <v>2.0</v>
       </c>
     </row>
     <row r="119" spans="1:9">
       <c r="A119" t="s">
         <v>179</v>
       </c>
       <c r="B119" t="s">
-        <v>62</v>
+        <v>25</v>
       </c>
       <c r="C119" t="s">
         <v>18</v>
       </c>
       <c r="D119" t="s">
         <v>19</v>
       </c>
       <c r="E119" t="s">
         <v>20</v>
       </c>
       <c r="F119" t="s">
-        <v>54</v>
+        <v>21</v>
       </c>
       <c r="G119">
-        <v>4.0</v>
+        <v>5.3333</v>
       </c>
       <c r="H119">
         <v>1.5</v>
       </c>
       <c r="I119">
-        <v>4.0</v>
+        <v>5.3333</v>
       </c>
     </row>
     <row r="120" spans="1:9">
       <c r="A120" t="s">
         <v>180</v>
       </c>
       <c r="B120" t="s">
-        <v>25</v>
+        <v>62</v>
       </c>
       <c r="C120" t="s">
-        <v>11</v>
+        <v>18</v>
       </c>
       <c r="D120" t="s">
         <v>19</v>
       </c>
       <c r="E120" t="s">
         <v>20</v>
       </c>
       <c r="F120" t="s">
-        <v>14</v>
+        <v>54</v>
       </c>
       <c r="G120">
-        <v>1.3333</v>
+        <v>4.0</v>
       </c>
       <c r="H120">
         <v>1.5</v>
       </c>
       <c r="I120">
-        <v>1.3333</v>
+        <v>4.0</v>
       </c>
     </row>
     <row r="121" spans="1:9">
       <c r="A121" t="s">
         <v>181</v>
       </c>
       <c r="B121" t="s">
         <v>25</v>
       </c>
       <c r="C121" t="s">
         <v>182</v>
       </c>
       <c r="D121" t="s">
         <v>19</v>
       </c>
       <c r="E121" t="s">
         <v>20</v>
       </c>
       <c r="F121" t="s">
         <v>54</v>
       </c>
       <c r="G121">
         <v>2.6667</v>
       </c>
       <c r="H121">
         <v>1.5</v>
       </c>
       <c r="I121">
         <v>2.6667</v>
       </c>
     </row>
     <row r="122" spans="1:9">
       <c r="A122" t="s">
         <v>183</v>
       </c>
       <c r="B122" t="s">
-        <v>105</v>
+        <v>25</v>
       </c>
       <c r="C122" t="s">
-        <v>33</v>
+        <v>11</v>
       </c>
       <c r="D122" t="s">
         <v>19</v>
       </c>
       <c r="E122" t="s">
-        <v>13</v>
+        <v>20</v>
       </c>
       <c r="F122" t="s">
         <v>14</v>
       </c>
       <c r="G122">
-        <v>1.6667</v>
+        <v>1.3333</v>
       </c>
       <c r="H122">
         <v>1.5</v>
       </c>
       <c r="I122">
-        <v>1.6667</v>
+        <v>1.3333</v>
       </c>
     </row>
     <row r="123" spans="1:9">
       <c r="A123" t="s">
         <v>184</v>
       </c>
       <c r="B123" t="s">
-        <v>158</v>
+        <v>107</v>
       </c>
       <c r="C123" t="s">
-        <v>18</v>
+        <v>33</v>
       </c>
       <c r="D123" t="s">
         <v>19</v>
       </c>
       <c r="E123" t="s">
-        <v>20</v>
+        <v>13</v>
       </c>
       <c r="F123" t="s">
         <v>14</v>
       </c>
       <c r="G123">
-        <v>3.6667</v>
+        <v>1.6667</v>
       </c>
       <c r="H123">
         <v>1.5</v>
       </c>
       <c r="I123">
-        <v>3.6667</v>
+        <v>1.6667</v>
       </c>
     </row>
     <row r="124" spans="1:9">
       <c r="A124" t="s">
         <v>185</v>
       </c>
       <c r="B124" t="s">
-        <v>45</v>
+        <v>155</v>
       </c>
       <c r="C124" t="s">
-        <v>11</v>
+        <v>18</v>
       </c>
       <c r="D124" t="s">
         <v>19</v>
       </c>
       <c r="E124" t="s">
         <v>20</v>
       </c>
       <c r="F124" t="s">
         <v>14</v>
       </c>
       <c r="G124">
-        <v>5.0</v>
+        <v>3.6667</v>
       </c>
       <c r="H124">
         <v>1.5</v>
       </c>
       <c r="I124">
-        <v>5.0</v>
+        <v>3.6667</v>
       </c>
     </row>
     <row r="125" spans="1:9">
       <c r="A125" t="s">
         <v>186</v>
       </c>
       <c r="B125" t="s">
-        <v>29</v>
+        <v>45</v>
       </c>
       <c r="C125" t="s">
-        <v>43</v>
+        <v>11</v>
       </c>
       <c r="D125" t="s">
         <v>19</v>
       </c>
       <c r="E125" t="s">
         <v>20</v>
       </c>
       <c r="F125" t="s">
-        <v>21</v>
+        <v>14</v>
       </c>
       <c r="G125">
-        <v>1.6667</v>
+        <v>5.0</v>
       </c>
       <c r="H125">
         <v>1.5</v>
       </c>
       <c r="I125">
-        <v>1.6667</v>
+        <v>5.0</v>
       </c>
     </row>
     <row r="126" spans="1:9">
       <c r="A126" t="s">
         <v>187</v>
       </c>
       <c r="B126" t="s">
         <v>17</v>
       </c>
       <c r="C126" t="s">
         <v>18</v>
       </c>
       <c r="D126" t="s">
         <v>19</v>
       </c>
       <c r="E126" t="s">
         <v>20</v>
       </c>
       <c r="F126" t="s">
         <v>50</v>
       </c>
       <c r="G126">
         <v>12.0</v>
       </c>
       <c r="H126">
         <v>1.5</v>
       </c>
       <c r="I126">
         <v>12.0</v>
       </c>
     </row>
     <row r="127" spans="1:9">
       <c r="A127" t="s">
         <v>188</v>
       </c>
       <c r="B127" t="s">
-        <v>42</v>
+        <v>29</v>
       </c>
       <c r="C127" t="s">
-        <v>33</v>
+        <v>43</v>
       </c>
       <c r="D127" t="s">
         <v>19</v>
       </c>
       <c r="E127" t="s">
         <v>20</v>
       </c>
       <c r="F127" t="s">
-        <v>14</v>
+        <v>21</v>
       </c>
       <c r="G127">
         <v>1.6667</v>
       </c>
       <c r="H127">
         <v>1.5</v>
       </c>
       <c r="I127">
         <v>1.6667</v>
       </c>
     </row>
     <row r="128" spans="1:9">
       <c r="A128" t="s">
         <v>189</v>
       </c>
       <c r="B128" t="s">
         <v>10</v>
       </c>
       <c r="C128" t="s">
         <v>11</v>
       </c>
       <c r="D128" t="s">
         <v>12</v>
       </c>
       <c r="E128" t="s">
         <v>20</v>
       </c>
       <c r="F128" t="s">
         <v>26</v>
       </c>
       <c r="G128">
         <v>12.5</v>
       </c>
       <c r="H128">
         <v>1.0</v>
       </c>
       <c r="I128">
         <v>12.5</v>
       </c>
     </row>
     <row r="129" spans="1:9">
       <c r="A129" t="s">
         <v>190</v>
       </c>
       <c r="B129" t="s">
-        <v>42</v>
+        <v>29</v>
       </c>
       <c r="C129" t="s">
-        <v>33</v>
+        <v>11</v>
       </c>
       <c r="D129" t="s">
         <v>19</v>
       </c>
       <c r="E129" t="s">
-        <v>57</v>
+        <v>20</v>
       </c>
       <c r="F129" t="s">
         <v>14</v>
       </c>
       <c r="G129">
-        <v>3.0</v>
+        <v>4.5</v>
       </c>
       <c r="H129">
         <v>1.0</v>
       </c>
       <c r="I129">
-        <v>3.0</v>
+        <v>4.5</v>
       </c>
     </row>
     <row r="130" spans="1:9">
       <c r="A130" t="s">
         <v>191</v>
       </c>
       <c r="B130" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="C130" t="s">
-        <v>11</v>
+        <v>33</v>
       </c>
       <c r="D130" t="s">
         <v>19</v>
       </c>
       <c r="E130" t="s">
         <v>20</v>
       </c>
       <c r="F130" t="s">
         <v>14</v>
       </c>
       <c r="G130">
-        <v>4.5</v>
+        <v>2.5</v>
       </c>
       <c r="H130">
         <v>1.0</v>
       </c>
       <c r="I130">
-        <v>4.5</v>
+        <v>2.5</v>
       </c>
     </row>
     <row r="131" spans="1:9">
       <c r="A131" t="s">
         <v>192</v>
       </c>
       <c r="B131" t="s">
-        <v>25</v>
+        <v>42</v>
       </c>
       <c r="C131" t="s">
         <v>33</v>
       </c>
       <c r="D131" t="s">
         <v>19</v>
       </c>
       <c r="E131" t="s">
-        <v>20</v>
+        <v>57</v>
       </c>
       <c r="F131" t="s">
         <v>14</v>
       </c>
       <c r="G131">
-        <v>2.5</v>
+        <v>3.0</v>
       </c>
       <c r="H131">
         <v>1.0</v>
       </c>
       <c r="I131">
-        <v>2.5</v>
+        <v>3.0</v>
       </c>
     </row>
     <row r="132" spans="1:9">
       <c r="A132" t="s">
         <v>193</v>
       </c>
       <c r="B132" t="s">
         <v>25</v>
       </c>
       <c r="C132" t="s">
         <v>33</v>
       </c>
       <c r="D132" t="s">
         <v>19</v>
       </c>
       <c r="E132" t="s">
         <v>20</v>
       </c>
       <c r="F132" t="s">
         <v>50</v>
       </c>
       <c r="G132">
         <v>2.0</v>
       </c>
       <c r="H132">
@@ -4984,101 +4984,101 @@
       </c>
       <c r="D134" t="s">
         <v>19</v>
       </c>
       <c r="E134" t="s">
         <v>20</v>
       </c>
       <c r="F134" t="s">
         <v>14</v>
       </c>
       <c r="G134">
         <v>8.0</v>
       </c>
       <c r="H134">
         <v>1.0</v>
       </c>
       <c r="I134">
         <v>8.0</v>
       </c>
     </row>
     <row r="135" spans="1:9">
       <c r="A135" t="s">
         <v>196</v>
       </c>
       <c r="B135" t="s">
-        <v>25</v>
+        <v>32</v>
       </c>
       <c r="C135" t="s">
-        <v>11</v>
+        <v>33</v>
       </c>
       <c r="D135" t="s">
         <v>19</v>
       </c>
       <c r="E135" t="s">
-        <v>20</v>
+        <v>13</v>
       </c>
       <c r="F135" t="s">
-        <v>54</v>
+        <v>14</v>
       </c>
       <c r="G135">
-        <v>4.0</v>
+        <v>3.0</v>
       </c>
       <c r="H135">
         <v>1.0</v>
       </c>
       <c r="I135">
-        <v>4.0</v>
+        <v>3.0</v>
       </c>
     </row>
     <row r="136" spans="1:9">
       <c r="A136" t="s">
         <v>197</v>
       </c>
       <c r="B136" t="s">
-        <v>32</v>
+        <v>25</v>
       </c>
       <c r="C136" t="s">
-        <v>33</v>
+        <v>11</v>
       </c>
       <c r="D136" t="s">
         <v>19</v>
       </c>
       <c r="E136" t="s">
-        <v>13</v>
+        <v>20</v>
       </c>
       <c r="F136" t="s">
-        <v>14</v>
+        <v>54</v>
       </c>
       <c r="G136">
-        <v>3.0</v>
+        <v>4.0</v>
       </c>
       <c r="H136">
         <v>1.0</v>
       </c>
       <c r="I136">
-        <v>3.0</v>
+        <v>4.0</v>
       </c>
     </row>
     <row r="137" spans="1:9">
       <c r="A137" t="s">
         <v>198</v>
       </c>
       <c r="B137" t="s">
         <v>199</v>
       </c>
       <c r="C137" t="s">
         <v>33</v>
       </c>
       <c r="D137" t="s">
         <v>19</v>
       </c>
       <c r="E137" t="s">
         <v>20</v>
       </c>
       <c r="F137" t="s">
         <v>14</v>
       </c>
       <c r="G137">
         <v>3.5</v>
       </c>
       <c r="H137">
@@ -5100,101 +5100,101 @@
       </c>
       <c r="D138" t="s">
         <v>12</v>
       </c>
       <c r="E138" t="s">
         <v>20</v>
       </c>
       <c r="F138" t="s">
         <v>21</v>
       </c>
       <c r="G138">
         <v>1.0</v>
       </c>
       <c r="H138">
         <v>1.0</v>
       </c>
       <c r="I138">
         <v>1.0</v>
       </c>
     </row>
     <row r="139" spans="1:9">
       <c r="A139" t="s">
         <v>202</v>
       </c>
       <c r="B139" t="s">
-        <v>25</v>
+        <v>199</v>
       </c>
       <c r="C139" t="s">
-        <v>18</v>
+        <v>33</v>
       </c>
       <c r="D139" t="s">
         <v>19</v>
       </c>
       <c r="E139" t="s">
-        <v>20</v>
+        <v>57</v>
       </c>
       <c r="F139" t="s">
-        <v>50</v>
+        <v>14</v>
       </c>
       <c r="G139">
-        <v>5.0</v>
+        <v>5.5</v>
       </c>
       <c r="H139">
         <v>1.0</v>
       </c>
       <c r="I139">
-        <v>5.0</v>
+        <v>5.5</v>
       </c>
     </row>
     <row r="140" spans="1:9">
       <c r="A140" t="s">
         <v>203</v>
       </c>
       <c r="B140" t="s">
-        <v>199</v>
+        <v>25</v>
       </c>
       <c r="C140" t="s">
-        <v>33</v>
+        <v>18</v>
       </c>
       <c r="D140" t="s">
         <v>19</v>
       </c>
       <c r="E140" t="s">
-        <v>57</v>
+        <v>20</v>
       </c>
       <c r="F140" t="s">
-        <v>14</v>
+        <v>50</v>
       </c>
       <c r="G140">
-        <v>5.5</v>
+        <v>5.0</v>
       </c>
       <c r="H140">
         <v>1.0</v>
       </c>
       <c r="I140">
-        <v>5.5</v>
+        <v>5.0</v>
       </c>
     </row>
     <row r="141" spans="1:9">
       <c r="A141" t="s">
         <v>204</v>
       </c>
       <c r="B141" t="s">
         <v>29</v>
       </c>
       <c r="C141" t="s">
         <v>43</v>
       </c>
       <c r="D141" t="s">
         <v>19</v>
       </c>
       <c r="E141" t="s">
         <v>20</v>
       </c>
       <c r="F141" t="s">
         <v>50</v>
       </c>
       <c r="G141">
         <v>2.0</v>
       </c>
       <c r="H141">
@@ -5216,72 +5216,72 @@
       </c>
       <c r="D142" t="s">
         <v>19</v>
       </c>
       <c r="E142" t="s">
         <v>20</v>
       </c>
       <c r="F142" t="s">
         <v>14</v>
       </c>
       <c r="G142">
         <v>6.0</v>
       </c>
       <c r="H142">
         <v>1.0</v>
       </c>
       <c r="I142">
         <v>6.0</v>
       </c>
     </row>
     <row r="143" spans="1:9">
       <c r="A143" t="s">
         <v>206</v>
       </c>
       <c r="B143" t="s">
-        <v>25</v>
+        <v>17</v>
       </c>
       <c r="C143" t="s">
-        <v>33</v>
+        <v>18</v>
       </c>
       <c r="D143" t="s">
         <v>19</v>
       </c>
       <c r="E143" t="s">
-        <v>57</v>
+        <v>20</v>
       </c>
       <c r="F143" t="s">
         <v>14</v>
       </c>
       <c r="G143">
-        <v>46.0</v>
+        <v>4.0</v>
       </c>
       <c r="H143">
         <v>0.5</v>
       </c>
       <c r="I143">
-        <v>46.0</v>
+        <v>4.0</v>
       </c>
     </row>
     <row r="144" spans="1:9">
       <c r="A144" t="s">
         <v>207</v>
       </c>
       <c r="B144" t="s">
         <v>29</v>
       </c>
       <c r="C144" t="s">
         <v>11</v>
       </c>
       <c r="D144" t="s">
         <v>19</v>
       </c>
       <c r="E144" t="s">
         <v>20</v>
       </c>
       <c r="F144" t="s">
         <v>14</v>
       </c>
       <c r="G144">
         <v>1.0</v>
       </c>
       <c r="H144">
@@ -5306,272 +5306,272 @@
       </c>
       <c r="E145" t="s">
         <v>20</v>
       </c>
       <c r="F145" t="s">
         <v>209</v>
       </c>
       <c r="G145">
         <v>1.0</v>
       </c>
       <c r="H145">
         <v>0.5</v>
       </c>
       <c r="I145">
         <v>1.0</v>
       </c>
     </row>
     <row r="146" spans="1:9">
       <c r="A146" t="s">
         <v>210</v>
       </c>
       <c r="B146" t="s">
         <v>25</v>
       </c>
       <c r="C146" t="s">
-        <v>43</v>
+        <v>33</v>
       </c>
       <c r="D146" t="s">
         <v>19</v>
       </c>
       <c r="E146" t="s">
-        <v>20</v>
+        <v>57</v>
       </c>
       <c r="F146" t="s">
         <v>14</v>
       </c>
       <c r="G146">
-        <v>2.0</v>
+        <v>46.0</v>
       </c>
       <c r="H146">
         <v>0.5</v>
       </c>
       <c r="I146">
-        <v>2.0</v>
+        <v>46.0</v>
       </c>
     </row>
     <row r="147" spans="1:9">
       <c r="A147" t="s">
         <v>211</v>
       </c>
       <c r="B147" t="s">
-        <v>42</v>
+        <v>29</v>
       </c>
       <c r="C147" t="s">
-        <v>33</v>
+        <v>11</v>
       </c>
       <c r="D147" t="s">
         <v>19</v>
       </c>
       <c r="E147" t="s">
-        <v>57</v>
+        <v>20</v>
       </c>
       <c r="F147" t="s">
         <v>14</v>
       </c>
       <c r="G147">
         <v>1.0</v>
       </c>
       <c r="H147">
         <v>0.5</v>
       </c>
       <c r="I147">
         <v>1.0</v>
       </c>
     </row>
     <row r="148" spans="1:9">
       <c r="A148" t="s">
         <v>212</v>
       </c>
       <c r="B148" t="s">
-        <v>17</v>
+        <v>25</v>
       </c>
       <c r="C148" t="s">
-        <v>18</v>
+        <v>43</v>
       </c>
       <c r="D148" t="s">
         <v>19</v>
       </c>
       <c r="E148" t="s">
         <v>20</v>
       </c>
       <c r="F148" t="s">
         <v>14</v>
       </c>
       <c r="G148">
-        <v>1.0</v>
+        <v>2.0</v>
       </c>
       <c r="H148">
         <v>0.5</v>
       </c>
       <c r="I148">
-        <v>1.0</v>
+        <v>2.0</v>
       </c>
     </row>
     <row r="149" spans="1:9">
       <c r="A149" t="s">
         <v>213</v>
       </c>
       <c r="B149" t="s">
-        <v>17</v>
+        <v>42</v>
       </c>
       <c r="C149" t="s">
-        <v>18</v>
+        <v>33</v>
       </c>
       <c r="D149" t="s">
         <v>19</v>
       </c>
       <c r="E149" t="s">
-        <v>20</v>
+        <v>57</v>
       </c>
       <c r="F149" t="s">
-        <v>26</v>
+        <v>14</v>
       </c>
       <c r="G149">
-        <v>2.0</v>
+        <v>1.0</v>
       </c>
       <c r="H149">
         <v>0.5</v>
       </c>
       <c r="I149">
-        <v>2.0</v>
+        <v>1.0</v>
       </c>
     </row>
     <row r="150" spans="1:9">
       <c r="A150" t="s">
         <v>214</v>
       </c>
       <c r="B150" t="s">
         <v>25</v>
       </c>
       <c r="C150" t="s">
         <v>18</v>
       </c>
       <c r="D150" t="s">
         <v>19</v>
       </c>
       <c r="E150" t="s">
         <v>20</v>
       </c>
       <c r="F150" t="s">
         <v>50</v>
       </c>
       <c r="G150">
         <v>1.0</v>
       </c>
       <c r="H150">
         <v>0.5</v>
       </c>
       <c r="I150">
         <v>1.0</v>
       </c>
     </row>
     <row r="151" spans="1:9">
       <c r="A151" t="s">
         <v>215</v>
       </c>
       <c r="B151" t="s">
-        <v>161</v>
+        <v>17</v>
       </c>
       <c r="C151" t="s">
-        <v>33</v>
+        <v>18</v>
       </c>
       <c r="D151" t="s">
         <v>19</v>
       </c>
       <c r="E151" t="s">
         <v>20</v>
       </c>
       <c r="F151" t="s">
-        <v>50</v>
+        <v>14</v>
       </c>
       <c r="G151">
         <v>1.0</v>
       </c>
       <c r="H151">
         <v>0.5</v>
       </c>
       <c r="I151">
         <v>1.0</v>
       </c>
     </row>
     <row r="152" spans="1:9">
       <c r="A152" t="s">
         <v>216</v>
       </c>
       <c r="B152" t="s">
-        <v>161</v>
+        <v>17</v>
       </c>
       <c r="C152" t="s">
-        <v>11</v>
+        <v>18</v>
       </c>
       <c r="D152" t="s">
         <v>19</v>
       </c>
       <c r="E152" t="s">
         <v>20</v>
       </c>
       <c r="F152" t="s">
-        <v>14</v>
+        <v>26</v>
       </c>
       <c r="G152">
-        <v>1.0</v>
+        <v>2.0</v>
       </c>
       <c r="H152">
         <v>0.5</v>
       </c>
       <c r="I152">
-        <v>1.0</v>
+        <v>2.0</v>
       </c>
     </row>
     <row r="153" spans="1:9">
       <c r="A153" t="s">
         <v>217</v>
       </c>
       <c r="B153" t="s">
-        <v>25</v>
+        <v>161</v>
       </c>
       <c r="C153" t="s">
-        <v>11</v>
+        <v>33</v>
       </c>
       <c r="D153" t="s">
         <v>19</v>
       </c>
       <c r="E153" t="s">
         <v>20</v>
       </c>
       <c r="F153" t="s">
-        <v>14</v>
+        <v>50</v>
       </c>
       <c r="G153">
-        <v>2.0</v>
+        <v>1.0</v>
       </c>
       <c r="H153">
         <v>0.5</v>
       </c>
       <c r="I153">
-        <v>2.0</v>
+        <v>1.0</v>
       </c>
     </row>
     <row r="154" spans="1:9">
       <c r="A154" t="s">
         <v>218</v>
       </c>
       <c r="B154" t="s">
         <v>25</v>
       </c>
       <c r="C154" t="s">
         <v>18</v>
       </c>
       <c r="D154" t="s">
         <v>19</v>
       </c>
       <c r="E154" t="s">
         <v>20</v>
       </c>
       <c r="F154" t="s">
         <v>14</v>
       </c>
       <c r="G154">
         <v>2.0</v>
       </c>
       <c r="H154">
@@ -5593,565 +5593,565 @@
       </c>
       <c r="D155" t="s">
         <v>19</v>
       </c>
       <c r="E155" t="s">
         <v>20</v>
       </c>
       <c r="F155" t="s">
         <v>14</v>
       </c>
       <c r="G155">
         <v>1.0</v>
       </c>
       <c r="H155">
         <v>0.5</v>
       </c>
       <c r="I155">
         <v>1.0</v>
       </c>
     </row>
     <row r="156" spans="1:9">
       <c r="A156" t="s">
         <v>220</v>
       </c>
       <c r="B156" t="s">
-        <v>97</v>
+        <v>161</v>
       </c>
       <c r="C156" t="s">
         <v>11</v>
       </c>
       <c r="D156" t="s">
         <v>19</v>
       </c>
       <c r="E156" t="s">
-        <v>57</v>
+        <v>20</v>
       </c>
       <c r="F156" t="s">
         <v>14</v>
       </c>
       <c r="G156">
-        <v>36.0</v>
+        <v>1.0</v>
       </c>
       <c r="H156">
         <v>0.5</v>
       </c>
       <c r="I156">
-        <v>36.0</v>
+        <v>1.0</v>
       </c>
     </row>
     <row r="157" spans="1:9">
       <c r="A157" t="s">
         <v>221</v>
       </c>
       <c r="B157" t="s">
         <v>25</v>
       </c>
       <c r="C157" t="s">
         <v>11</v>
       </c>
       <c r="D157" t="s">
         <v>19</v>
       </c>
       <c r="E157" t="s">
         <v>20</v>
       </c>
       <c r="F157" t="s">
         <v>14</v>
       </c>
       <c r="G157">
         <v>2.0</v>
       </c>
       <c r="H157">
         <v>0.5</v>
       </c>
       <c r="I157">
         <v>2.0</v>
       </c>
     </row>
     <row r="158" spans="1:9">
       <c r="A158" t="s">
         <v>222</v>
       </c>
       <c r="B158" t="s">
-        <v>223</v>
+        <v>25</v>
       </c>
       <c r="C158" t="s">
-        <v>33</v>
+        <v>11</v>
       </c>
       <c r="D158" t="s">
         <v>19</v>
       </c>
       <c r="E158" t="s">
-        <v>57</v>
+        <v>20</v>
       </c>
       <c r="F158" t="s">
         <v>14</v>
       </c>
       <c r="G158">
-        <v>1.0</v>
+        <v>2.0</v>
       </c>
       <c r="H158">
         <v>0.5</v>
       </c>
       <c r="I158">
-        <v>1.0</v>
+        <v>2.0</v>
       </c>
     </row>
     <row r="159" spans="1:9">
       <c r="A159" t="s">
-        <v>224</v>
+        <v>223</v>
       </c>
       <c r="B159" t="s">
-        <v>84</v>
+        <v>97</v>
       </c>
       <c r="C159" t="s">
         <v>11</v>
       </c>
       <c r="D159" t="s">
         <v>19</v>
       </c>
       <c r="E159" t="s">
-        <v>13</v>
+        <v>57</v>
       </c>
       <c r="F159" t="s">
         <v>14</v>
       </c>
       <c r="G159">
-        <v>2.0</v>
+        <v>36.0</v>
       </c>
       <c r="H159">
         <v>0.5</v>
       </c>
       <c r="I159">
-        <v>2.0</v>
+        <v>36.0</v>
       </c>
     </row>
     <row r="160" spans="1:9">
       <c r="A160" t="s">
-        <v>225</v>
+        <v>224</v>
       </c>
       <c r="B160" t="s">
-        <v>17</v>
+        <v>84</v>
       </c>
       <c r="C160" t="s">
         <v>11</v>
       </c>
       <c r="D160" t="s">
         <v>19</v>
       </c>
       <c r="E160" t="s">
-        <v>20</v>
+        <v>13</v>
       </c>
       <c r="F160" t="s">
-        <v>50</v>
+        <v>14</v>
       </c>
       <c r="G160">
-        <v>1.0</v>
+        <v>2.0</v>
       </c>
       <c r="H160">
         <v>0.5</v>
       </c>
       <c r="I160">
-        <v>1.0</v>
+        <v>2.0</v>
       </c>
     </row>
     <row r="161" spans="1:9">
       <c r="A161" t="s">
+        <v>225</v>
+      </c>
+      <c r="B161" t="s">
         <v>226</v>
       </c>
-      <c r="B161" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C161" t="s">
-        <v>18</v>
+        <v>33</v>
       </c>
       <c r="D161" t="s">
         <v>19</v>
       </c>
       <c r="E161" t="s">
-        <v>20</v>
+        <v>57</v>
       </c>
       <c r="F161" t="s">
-        <v>227</v>
+        <v>14</v>
       </c>
       <c r="G161">
-        <v>21.0</v>
+        <v>1.0</v>
       </c>
       <c r="H161">
         <v>0.5</v>
       </c>
       <c r="I161">
-        <v>21.0</v>
+        <v>1.0</v>
       </c>
     </row>
     <row r="162" spans="1:9">
       <c r="A162" t="s">
+        <v>227</v>
+      </c>
+      <c r="B162" t="s">
+        <v>23</v>
+      </c>
+      <c r="C162" t="s">
+        <v>18</v>
+      </c>
+      <c r="D162" t="s">
+        <v>19</v>
+      </c>
+      <c r="E162" t="s">
+        <v>20</v>
+      </c>
+      <c r="F162" t="s">
         <v>228</v>
       </c>
-      <c r="B162" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="G162">
-        <v>2.0</v>
+        <v>21.0</v>
       </c>
       <c r="H162">
         <v>0.5</v>
       </c>
       <c r="I162">
-        <v>2.0</v>
+        <v>21.0</v>
       </c>
     </row>
     <row r="163" spans="1:9">
       <c r="A163" t="s">
         <v>229</v>
       </c>
       <c r="B163" t="s">
-        <v>158</v>
+        <v>84</v>
       </c>
       <c r="C163" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="D163" t="s">
         <v>19</v>
       </c>
       <c r="E163" t="s">
         <v>20</v>
       </c>
       <c r="F163" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="G163">
-        <v>8.0</v>
+        <v>2.0</v>
       </c>
       <c r="H163">
         <v>0.5</v>
       </c>
       <c r="I163">
-        <v>8.0</v>
+        <v>2.0</v>
       </c>
     </row>
     <row r="164" spans="1:9">
       <c r="A164" t="s">
         <v>230</v>
       </c>
       <c r="B164" t="s">
-        <v>231</v>
+        <v>155</v>
       </c>
       <c r="C164" t="s">
-        <v>11</v>
+        <v>18</v>
       </c>
       <c r="D164" t="s">
         <v>19</v>
       </c>
       <c r="E164" t="s">
-        <v>57</v>
+        <v>20</v>
       </c>
       <c r="F164" t="s">
-        <v>14</v>
+        <v>34</v>
       </c>
       <c r="G164">
-        <v>3.0</v>
+        <v>8.0</v>
       </c>
       <c r="H164">
         <v>0.5</v>
       </c>
       <c r="I164">
-        <v>3.0</v>
+        <v>8.0</v>
       </c>
     </row>
     <row r="165" spans="1:9">
       <c r="A165" t="s">
-        <v>232</v>
+        <v>231</v>
       </c>
       <c r="B165" t="s">
-        <v>25</v>
+        <v>17</v>
       </c>
       <c r="C165" t="s">
         <v>11</v>
       </c>
       <c r="D165" t="s">
         <v>19</v>
       </c>
       <c r="E165" t="s">
         <v>20</v>
       </c>
       <c r="F165" t="s">
-        <v>227</v>
+        <v>50</v>
       </c>
       <c r="G165">
         <v>1.0</v>
       </c>
       <c r="H165">
         <v>0.5</v>
       </c>
       <c r="I165">
         <v>1.0</v>
       </c>
     </row>
     <row r="166" spans="1:9">
       <c r="A166" t="s">
+        <v>232</v>
+      </c>
+      <c r="B166" t="s">
         <v>233</v>
-      </c>
-[...1 lines deleted...]
-        <v>234</v>
       </c>
       <c r="C166" t="s">
         <v>11</v>
       </c>
       <c r="D166" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="E166" t="s">
-        <v>13</v>
+        <v>57</v>
       </c>
       <c r="F166" t="s">
         <v>14</v>
       </c>
       <c r="G166">
         <v>3.0</v>
       </c>
       <c r="H166">
         <v>0.5</v>
       </c>
       <c r="I166">
         <v>3.0</v>
       </c>
     </row>
     <row r="167" spans="1:9">
       <c r="A167" t="s">
-        <v>235</v>
+        <v>234</v>
       </c>
       <c r="B167" t="s">
-        <v>45</v>
+        <v>25</v>
       </c>
       <c r="C167" t="s">
         <v>11</v>
       </c>
       <c r="D167" t="s">
         <v>19</v>
       </c>
       <c r="E167" t="s">
         <v>20</v>
       </c>
       <c r="F167" t="s">
-        <v>14</v>
+        <v>228</v>
       </c>
       <c r="G167">
-        <v>9.0</v>
+        <v>1.0</v>
       </c>
       <c r="H167">
         <v>0.5</v>
       </c>
       <c r="I167">
-        <v>9.0</v>
+        <v>1.0</v>
       </c>
     </row>
     <row r="168" spans="1:9">
       <c r="A168" t="s">
+        <v>235</v>
+      </c>
+      <c r="B168" t="s">
         <v>236</v>
       </c>
-      <c r="B168" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C168" t="s">
-        <v>33</v>
+        <v>11</v>
       </c>
       <c r="D168" t="s">
-        <v>19</v>
+        <v>12</v>
       </c>
       <c r="E168" t="s">
-        <v>20</v>
+        <v>13</v>
       </c>
       <c r="F168" t="s">
         <v>14</v>
       </c>
       <c r="G168">
-        <v>1.0</v>
+        <v>3.0</v>
       </c>
       <c r="H168">
         <v>0.5</v>
       </c>
       <c r="I168">
-        <v>1.0</v>
+        <v>3.0</v>
       </c>
     </row>
     <row r="169" spans="1:9">
       <c r="A169" t="s">
         <v>237</v>
       </c>
       <c r="B169" t="s">
-        <v>42</v>
+        <v>199</v>
       </c>
       <c r="C169" t="s">
         <v>33</v>
       </c>
       <c r="D169" t="s">
         <v>19</v>
       </c>
       <c r="E169" t="s">
-        <v>57</v>
+        <v>20</v>
       </c>
       <c r="F169" t="s">
-        <v>54</v>
+        <v>14</v>
       </c>
       <c r="G169">
-        <v>7.0</v>
+        <v>1.0</v>
       </c>
       <c r="H169">
         <v>0.5</v>
       </c>
       <c r="I169">
-        <v>7.0</v>
+        <v>1.0</v>
       </c>
     </row>
     <row r="170" spans="1:9">
       <c r="A170" t="s">
         <v>238</v>
       </c>
       <c r="B170" t="s">
-        <v>161</v>
+        <v>45</v>
       </c>
       <c r="C170" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="D170" t="s">
         <v>19</v>
       </c>
       <c r="E170" t="s">
         <v>20</v>
       </c>
       <c r="F170" t="s">
         <v>14</v>
       </c>
       <c r="G170">
-        <v>1.0</v>
+        <v>9.0</v>
       </c>
       <c r="H170">
         <v>0.5</v>
       </c>
       <c r="I170">
-        <v>1.0</v>
+        <v>9.0</v>
       </c>
     </row>
     <row r="171" spans="1:9">
       <c r="A171" t="s">
         <v>239</v>
       </c>
       <c r="B171" t="s">
-        <v>52</v>
+        <v>161</v>
       </c>
       <c r="C171" t="s">
-        <v>53</v>
+        <v>18</v>
       </c>
       <c r="D171" t="s">
         <v>19</v>
       </c>
       <c r="E171" t="s">
         <v>20</v>
       </c>
       <c r="F171" t="s">
-        <v>54</v>
+        <v>14</v>
       </c>
       <c r="G171">
         <v>1.0</v>
       </c>
       <c r="H171">
         <v>0.5</v>
       </c>
       <c r="I171">
         <v>1.0</v>
       </c>
     </row>
     <row r="172" spans="1:9">
       <c r="A172" t="s">
         <v>240</v>
       </c>
       <c r="B172" t="s">
-        <v>29</v>
+        <v>52</v>
       </c>
       <c r="C172" t="s">
-        <v>11</v>
+        <v>53</v>
       </c>
       <c r="D172" t="s">
         <v>19</v>
       </c>
       <c r="E172" t="s">
         <v>20</v>
       </c>
       <c r="F172" t="s">
-        <v>14</v>
+        <v>54</v>
       </c>
       <c r="G172">
         <v>1.0</v>
       </c>
       <c r="H172">
         <v>0.5</v>
       </c>
       <c r="I172">
         <v>1.0</v>
       </c>
     </row>
     <row r="173" spans="1:9">
       <c r="A173" t="s">
         <v>241</v>
       </c>
       <c r="B173" t="s">
-        <v>17</v>
+        <v>42</v>
       </c>
       <c r="C173" t="s">
-        <v>18</v>
+        <v>33</v>
       </c>
       <c r="D173" t="s">
         <v>19</v>
       </c>
       <c r="E173" t="s">
-        <v>20</v>
+        <v>57</v>
       </c>
       <c r="F173" t="s">
-        <v>14</v>
+        <v>54</v>
       </c>
       <c r="G173">
-        <v>4.0</v>
+        <v>7.0</v>
       </c>
       <c r="H173">
         <v>0.5</v>
       </c>
       <c r="I173">
-        <v>4.0</v>
+        <v>7.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">