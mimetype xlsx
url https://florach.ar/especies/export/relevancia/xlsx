--- v0 (2025-10-10)
+++ v1 (2025-12-28)
@@ -365,56 +365,56 @@
   <si>
     <t>Adesmia volckmannii</t>
   </si>
   <si>
     <t>Brachyclados megalanthus</t>
   </si>
   <si>
     <t>Plantago patagonica</t>
   </si>
   <si>
     <t>Plantaginaceae</t>
   </si>
   <si>
     <t>Chuquiraga aurea</t>
   </si>
   <si>
     <t>Amsinckia calycina</t>
   </si>
   <si>
     <t>Boraginaceae</t>
   </si>
   <si>
     <t>Nassauvia sp</t>
   </si>
   <si>
+    <t>Chuquiraga straminea</t>
+  </si>
+  <si>
     <t>Acaena poeppigiana</t>
   </si>
   <si>
-    <t>Chuquiraga straminea</t>
-[...1 lines deleted...]
-  <si>
     <t>Ephedra ochreata</t>
   </si>
   <si>
     <t>Ephedraceae</t>
   </si>
   <si>
     <t>Gimnosperma</t>
   </si>
   <si>
     <t>Hoffmannseggia trifoliata</t>
   </si>
   <si>
     <t>Junellia spissa</t>
   </si>
   <si>
     <t>Atriplex sagittifolia</t>
   </si>
   <si>
     <t>Poa ligularis</t>
   </si>
   <si>
     <t>Adesmia lotoides</t>
   </si>
   <si>
     <t>Calceolaria polyrrhiza</t>
@@ -587,83 +587,83 @@
   <si>
     <t>Bromus setifolius</t>
   </si>
   <si>
     <t>Montiopsis copiapina</t>
   </si>
   <si>
     <t>Montiaceae</t>
   </si>
   <si>
     <t>Boopis anthemoides</t>
   </si>
   <si>
     <t>Calyceraceae</t>
   </si>
   <si>
     <t>Mutisia retrorsa</t>
   </si>
   <si>
     <t>Zephyranthes gilliesiana</t>
   </si>
   <si>
     <t>Hoffmannseggia erecta</t>
   </si>
   <si>
+    <t>Lepidium perfoliatum</t>
+  </si>
+  <si>
     <t>Doniophyton anomalum</t>
   </si>
   <si>
     <t>Duseniella patagonica</t>
   </si>
   <si>
     <t>Neosparton aphyllum</t>
   </si>
   <si>
     <t>Fabiana nana</t>
   </si>
   <si>
+    <t>Perezia pilifera</t>
+  </si>
+  <si>
     <t>Senecio sericeonitens</t>
   </si>
   <si>
-    <t>Perezia pilifera</t>
-[...1 lines deleted...]
-  <si>
     <t>Perezia sp</t>
   </si>
   <si>
     <t>Phacelia secunda var secunda</t>
   </si>
   <si>
     <t>Phacelia sinuata</t>
   </si>
   <si>
     <t>Adesmia candida</t>
   </si>
   <si>
-    <t>Lepidium perfoliatum</t>
-[...1 lines deleted...]
-  <si>
     <t>Maihueniopsis darwinii</t>
   </si>
   <si>
     <t>Adesmia villosa</t>
   </si>
   <si>
     <t>Tetraglochin alata</t>
   </si>
   <si>
     <t>Baccharis tenella</t>
   </si>
   <si>
     <t>Solanum triflorum</t>
   </si>
   <si>
     <t>Adesmia ameghinoi</t>
   </si>
   <si>
     <t>Suaeda patagonica Speg</t>
   </si>
   <si>
     <t>Arjona tuberosa</t>
   </si>
   <si>
     <t>Camissonia dentata</t>
@@ -680,108 +680,108 @@
   <si>
     <t>Malvaceae</t>
   </si>
   <si>
     <t>Austrocactus patagonico</t>
   </si>
   <si>
     <t>Camelina microcarpa</t>
   </si>
   <si>
     <t>Brachyclados caespitosus</t>
   </si>
   <si>
     <t>Leucheria achillaeifolia</t>
   </si>
   <si>
     <t>Pinnasa bergii</t>
   </si>
   <si>
     <t>Loasaceae</t>
   </si>
   <si>
     <t>Baccharis linearis</t>
   </si>
   <si>
+    <t>Adesmia longipes</t>
+  </si>
+  <si>
+    <t>Cactacea sp</t>
+  </si>
+  <si>
+    <t>No Definido</t>
+  </si>
+  <si>
     <t>Chenopodium album</t>
   </si>
   <si>
     <t>Ameghinoa patagonica</t>
   </si>
   <si>
     <t>Junellia tridactylites</t>
   </si>
   <si>
     <t>Lecanophora chubutensis</t>
   </si>
   <si>
     <t>Astragalus cruckshanksii</t>
   </si>
   <si>
     <t>Lecanophora subacaulis</t>
   </si>
   <si>
     <t>Astragalus pehuenches</t>
   </si>
   <si>
     <t>Galium aparine</t>
   </si>
   <si>
     <t>Rubiaceae</t>
   </si>
   <si>
     <t>Glandularia macrosperma</t>
   </si>
   <si>
     <t>Nassauvia chubutensis</t>
   </si>
   <si>
     <t>Polygala desiderata</t>
   </si>
   <si>
     <t>Tristagma patagonicum</t>
   </si>
   <si>
     <t>Amaryllidaceae</t>
   </si>
   <si>
+    <t>Corynabutilon bicolor</t>
+  </si>
+  <si>
     <t>Pterocactus australis</t>
   </si>
   <si>
-    <t>Corynabutilon bicolor</t>
-[...1 lines deleted...]
-  <si>
     <t>Adesmia corymbosa</t>
-  </si>
-[...7 lines deleted...]
-    <t>Adesmia longipes</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -3099,98 +3099,98 @@
       </c>
       <c r="D69" t="s">
         <v>12</v>
       </c>
       <c r="E69" t="s">
         <v>23</v>
       </c>
       <c r="F69" t="s">
         <v>14</v>
       </c>
       <c r="G69">
         <v>5.1111</v>
       </c>
       <c r="H69">
         <v>9.0</v>
       </c>
       <c r="I69">
         <v>5.1111</v>
       </c>
     </row>
     <row r="70" spans="1:9">
       <c r="A70" t="s">
         <v>117</v>
       </c>
       <c r="B70" t="s">
-        <v>76</v>
+        <v>10</v>
       </c>
       <c r="C70" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="D70" t="s">
         <v>12</v>
       </c>
       <c r="E70" t="s">
         <v>23</v>
       </c>
       <c r="F70" t="s">
-        <v>14</v>
+        <v>46</v>
       </c>
       <c r="G70">
         <v>5.0</v>
       </c>
       <c r="H70">
-        <v>1.5</v>
+        <v>1.0</v>
       </c>
       <c r="I70">
         <v>5.0</v>
       </c>
     </row>
     <row r="71" spans="1:9">
       <c r="A71" t="s">
         <v>118</v>
       </c>
       <c r="B71" t="s">
-        <v>10</v>
+        <v>76</v>
       </c>
       <c r="C71" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="D71" t="s">
         <v>12</v>
       </c>
       <c r="E71" t="s">
         <v>23</v>
       </c>
       <c r="F71" t="s">
-        <v>46</v>
+        <v>14</v>
       </c>
       <c r="G71">
         <v>5.0</v>
       </c>
       <c r="H71">
-        <v>1.0</v>
+        <v>1.5</v>
       </c>
       <c r="I71">
         <v>5.0</v>
       </c>
     </row>
     <row r="72" spans="1:9">
       <c r="A72" t="s">
         <v>119</v>
       </c>
       <c r="B72" t="s">
         <v>120</v>
       </c>
       <c r="C72" t="s">
         <v>17</v>
       </c>
       <c r="D72" t="s">
         <v>121</v>
       </c>
       <c r="E72" t="s">
         <v>23</v>
       </c>
       <c r="F72" t="s">
         <v>32</v>
       </c>
       <c r="G72">
@@ -4810,359 +4810,359 @@
       </c>
       <c r="D128" t="s">
         <v>12</v>
       </c>
       <c r="E128" t="s">
         <v>23</v>
       </c>
       <c r="F128" t="s">
         <v>24</v>
       </c>
       <c r="G128">
         <v>2.0588</v>
       </c>
       <c r="H128">
         <v>17.0</v>
       </c>
       <c r="I128">
         <v>2.0588</v>
       </c>
     </row>
     <row r="129" spans="1:9">
       <c r="A129" t="s">
         <v>191</v>
       </c>
       <c r="B129" t="s">
-        <v>10</v>
+        <v>20</v>
       </c>
       <c r="C129" t="s">
-        <v>27</v>
+        <v>11</v>
       </c>
       <c r="D129" t="s">
         <v>12</v>
       </c>
       <c r="E129" t="s">
-        <v>23</v>
+        <v>13</v>
       </c>
       <c r="F129" t="s">
         <v>14</v>
       </c>
       <c r="G129">
         <v>2.0</v>
       </c>
       <c r="H129">
-        <v>0.5</v>
+        <v>1.5</v>
       </c>
       <c r="I129">
         <v>2.0</v>
       </c>
     </row>
     <row r="130" spans="1:9">
       <c r="A130" t="s">
         <v>192</v>
       </c>
       <c r="B130" t="s">
         <v>10</v>
       </c>
       <c r="C130" t="s">
-        <v>11</v>
+        <v>27</v>
       </c>
       <c r="D130" t="s">
         <v>12</v>
       </c>
       <c r="E130" t="s">
         <v>23</v>
       </c>
       <c r="F130" t="s">
-        <v>46</v>
+        <v>14</v>
       </c>
       <c r="G130">
         <v>2.0</v>
       </c>
       <c r="H130">
-        <v>1.0</v>
+        <v>0.5</v>
       </c>
       <c r="I130">
         <v>2.0</v>
       </c>
     </row>
     <row r="131" spans="1:9">
       <c r="A131" t="s">
         <v>193</v>
       </c>
       <c r="B131" t="s">
-        <v>50</v>
+        <v>10</v>
       </c>
       <c r="C131" t="s">
-        <v>17</v>
+        <v>11</v>
       </c>
       <c r="D131" t="s">
         <v>12</v>
       </c>
       <c r="E131" t="s">
         <v>23</v>
       </c>
       <c r="F131" t="s">
-        <v>24</v>
+        <v>46</v>
       </c>
       <c r="G131">
         <v>2.0</v>
       </c>
       <c r="H131">
-        <v>0.5</v>
+        <v>1.0</v>
       </c>
       <c r="I131">
         <v>2.0</v>
       </c>
     </row>
     <row r="132" spans="1:9">
       <c r="A132" t="s">
         <v>194</v>
       </c>
       <c r="B132" t="s">
-        <v>37</v>
+        <v>50</v>
       </c>
       <c r="C132" t="s">
-        <v>27</v>
+        <v>17</v>
       </c>
       <c r="D132" t="s">
         <v>12</v>
       </c>
       <c r="E132" t="s">
         <v>23</v>
       </c>
       <c r="F132" t="s">
-        <v>51</v>
+        <v>24</v>
       </c>
       <c r="G132">
         <v>2.0</v>
       </c>
       <c r="H132">
-        <v>2.5</v>
+        <v>0.5</v>
       </c>
       <c r="I132">
         <v>2.0</v>
       </c>
     </row>
     <row r="133" spans="1:9">
       <c r="A133" t="s">
         <v>195</v>
       </c>
       <c r="B133" t="s">
-        <v>10</v>
+        <v>37</v>
       </c>
       <c r="C133" t="s">
-        <v>17</v>
+        <v>27</v>
       </c>
       <c r="D133" t="s">
         <v>12</v>
       </c>
       <c r="E133" t="s">
         <v>23</v>
       </c>
       <c r="F133" t="s">
-        <v>14</v>
+        <v>51</v>
       </c>
       <c r="G133">
         <v>2.0</v>
       </c>
       <c r="H133">
-        <v>0.5</v>
+        <v>2.5</v>
       </c>
       <c r="I133">
         <v>2.0</v>
       </c>
     </row>
     <row r="134" spans="1:9">
       <c r="A134" t="s">
         <v>196</v>
       </c>
       <c r="B134" t="s">
         <v>10</v>
       </c>
       <c r="C134" t="s">
         <v>21</v>
       </c>
       <c r="D134" t="s">
         <v>12</v>
       </c>
       <c r="E134" t="s">
         <v>23</v>
       </c>
       <c r="F134" t="s">
         <v>14</v>
       </c>
       <c r="G134">
         <v>2.0</v>
       </c>
       <c r="H134">
         <v>0.5</v>
       </c>
       <c r="I134">
         <v>2.0</v>
       </c>
     </row>
     <row r="135" spans="1:9">
       <c r="A135" t="s">
         <v>197</v>
       </c>
       <c r="B135" t="s">
         <v>10</v>
       </c>
       <c r="C135" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="D135" t="s">
         <v>12</v>
       </c>
       <c r="E135" t="s">
         <v>23</v>
       </c>
       <c r="F135" t="s">
         <v>14</v>
       </c>
       <c r="G135">
         <v>2.0</v>
       </c>
       <c r="H135">
         <v>0.5</v>
       </c>
       <c r="I135">
         <v>2.0</v>
       </c>
     </row>
     <row r="136" spans="1:9">
       <c r="A136" t="s">
         <v>198</v>
       </c>
       <c r="B136" t="s">
-        <v>115</v>
+        <v>10</v>
       </c>
       <c r="C136" t="s">
         <v>21</v>
       </c>
       <c r="D136" t="s">
         <v>12</v>
       </c>
       <c r="E136" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="F136" t="s">
         <v>14</v>
       </c>
       <c r="G136">
         <v>2.0</v>
       </c>
       <c r="H136">
         <v>0.5</v>
       </c>
       <c r="I136">
         <v>2.0</v>
       </c>
     </row>
     <row r="137" spans="1:9">
       <c r="A137" t="s">
         <v>199</v>
       </c>
       <c r="B137" t="s">
         <v>115</v>
       </c>
       <c r="C137" t="s">
         <v>21</v>
       </c>
       <c r="D137" t="s">
         <v>12</v>
       </c>
       <c r="E137" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="F137" t="s">
         <v>14</v>
       </c>
       <c r="G137">
         <v>2.0</v>
       </c>
       <c r="H137">
         <v>0.5</v>
       </c>
       <c r="I137">
         <v>2.0</v>
       </c>
     </row>
     <row r="138" spans="1:9">
       <c r="A138" t="s">
         <v>200</v>
       </c>
       <c r="B138" t="s">
-        <v>40</v>
+        <v>115</v>
       </c>
       <c r="C138" t="s">
-        <v>27</v>
+        <v>21</v>
       </c>
       <c r="D138" t="s">
         <v>12</v>
       </c>
       <c r="E138" t="s">
         <v>23</v>
       </c>
       <c r="F138" t="s">
-        <v>46</v>
+        <v>14</v>
       </c>
       <c r="G138">
         <v>2.0</v>
       </c>
       <c r="H138">
-        <v>1.0</v>
+        <v>0.5</v>
       </c>
       <c r="I138">
         <v>2.0</v>
       </c>
     </row>
     <row r="139" spans="1:9">
       <c r="A139" t="s">
         <v>201</v>
       </c>
       <c r="B139" t="s">
-        <v>20</v>
+        <v>40</v>
       </c>
       <c r="C139" t="s">
-        <v>11</v>
+        <v>27</v>
       </c>
       <c r="D139" t="s">
         <v>12</v>
       </c>
       <c r="E139" t="s">
-        <v>13</v>
+        <v>23</v>
       </c>
       <c r="F139" t="s">
-        <v>14</v>
+        <v>46</v>
       </c>
       <c r="G139">
         <v>2.0</v>
       </c>
       <c r="H139">
-        <v>1.5</v>
+        <v>1.0</v>
       </c>
       <c r="I139">
         <v>2.0</v>
       </c>
     </row>
     <row r="140" spans="1:9">
       <c r="A140" t="s">
         <v>202</v>
       </c>
       <c r="B140" t="s">
         <v>151</v>
       </c>
       <c r="C140" t="s">
         <v>152</v>
       </c>
       <c r="D140" t="s">
         <v>12</v>
       </c>
       <c r="E140" t="s">
         <v>23</v>
       </c>
       <c r="F140" t="s">
         <v>32</v>
       </c>
       <c r="G140">
@@ -5622,498 +5622,498 @@
       </c>
       <c r="D156" t="s">
         <v>12</v>
       </c>
       <c r="E156" t="s">
         <v>23</v>
       </c>
       <c r="F156" t="s">
         <v>14</v>
       </c>
       <c r="G156">
         <v>1.0769</v>
       </c>
       <c r="H156">
         <v>6.5</v>
       </c>
       <c r="I156">
         <v>1.0769</v>
       </c>
     </row>
     <row r="157" spans="1:9">
       <c r="A157" t="s">
         <v>222</v>
       </c>
       <c r="B157" t="s">
-        <v>26</v>
+        <v>40</v>
       </c>
       <c r="C157" t="s">
-        <v>11</v>
+        <v>21</v>
       </c>
       <c r="D157" t="s">
         <v>12</v>
       </c>
       <c r="E157" t="s">
-        <v>13</v>
+        <v>23</v>
       </c>
       <c r="F157" t="s">
         <v>14</v>
       </c>
       <c r="G157">
         <v>1.0</v>
       </c>
       <c r="H157">
         <v>0.5</v>
       </c>
       <c r="I157">
         <v>1.0</v>
       </c>
     </row>
     <row r="158" spans="1:9">
       <c r="A158" t="s">
         <v>223</v>
       </c>
       <c r="B158" t="s">
-        <v>10</v>
+        <v>151</v>
       </c>
       <c r="C158" t="s">
-        <v>17</v>
+        <v>152</v>
       </c>
       <c r="D158" t="s">
         <v>12</v>
       </c>
       <c r="E158" t="s">
         <v>23</v>
       </c>
       <c r="F158" t="s">
-        <v>46</v>
+        <v>224</v>
       </c>
       <c r="G158">
         <v>1.0</v>
       </c>
       <c r="H158">
         <v>0.5</v>
       </c>
       <c r="I158">
         <v>1.0</v>
       </c>
     </row>
     <row r="159" spans="1:9">
       <c r="A159" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
       <c r="B159" t="s">
-        <v>50</v>
+        <v>26</v>
       </c>
       <c r="C159" t="s">
-        <v>17</v>
+        <v>11</v>
       </c>
       <c r="D159" t="s">
         <v>12</v>
       </c>
       <c r="E159" t="s">
-        <v>23</v>
+        <v>13</v>
       </c>
       <c r="F159" t="s">
         <v>14</v>
       </c>
       <c r="G159">
         <v>1.0</v>
       </c>
       <c r="H159">
         <v>0.5</v>
       </c>
       <c r="I159">
         <v>1.0</v>
       </c>
     </row>
     <row r="160" spans="1:9">
       <c r="A160" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="B160" t="s">
-        <v>214</v>
+        <v>10</v>
       </c>
       <c r="C160" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="D160" t="s">
         <v>12</v>
       </c>
       <c r="E160" t="s">
         <v>23</v>
       </c>
       <c r="F160" t="s">
         <v>46</v>
       </c>
       <c r="G160">
         <v>1.0</v>
       </c>
       <c r="H160">
         <v>0.5</v>
       </c>
       <c r="I160">
         <v>1.0</v>
       </c>
     </row>
     <row r="161" spans="1:9">
       <c r="A161" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
       <c r="B161" t="s">
-        <v>40</v>
+        <v>50</v>
       </c>
       <c r="C161" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="D161" t="s">
         <v>12</v>
       </c>
       <c r="E161" t="s">
         <v>23</v>
       </c>
       <c r="F161" t="s">
         <v>14</v>
       </c>
       <c r="G161">
         <v>1.0</v>
       </c>
       <c r="H161">
         <v>0.5</v>
       </c>
       <c r="I161">
         <v>1.0</v>
       </c>
     </row>
     <row r="162" spans="1:9">
       <c r="A162" t="s">
-        <v>227</v>
+        <v>228</v>
       </c>
       <c r="B162" t="s">
         <v>214</v>
       </c>
       <c r="C162" t="s">
-        <v>21</v>
+        <v>11</v>
       </c>
       <c r="D162" t="s">
         <v>12</v>
       </c>
       <c r="E162" t="s">
         <v>23</v>
       </c>
       <c r="F162" t="s">
-        <v>14</v>
+        <v>46</v>
       </c>
       <c r="G162">
         <v>1.0</v>
       </c>
       <c r="H162">
         <v>0.5</v>
       </c>
       <c r="I162">
         <v>1.0</v>
       </c>
     </row>
     <row r="163" spans="1:9">
       <c r="A163" t="s">
-        <v>228</v>
+        <v>229</v>
       </c>
       <c r="B163" t="s">
         <v>40</v>
       </c>
       <c r="C163" t="s">
         <v>21</v>
       </c>
       <c r="D163" t="s">
         <v>12</v>
       </c>
       <c r="E163" t="s">
         <v>23</v>
       </c>
       <c r="F163" t="s">
         <v>14</v>
       </c>
       <c r="G163">
         <v>1.0</v>
       </c>
       <c r="H163">
-        <v>2.0</v>
+        <v>0.5</v>
       </c>
       <c r="I163">
         <v>1.0</v>
       </c>
     </row>
     <row r="164" spans="1:9">
       <c r="A164" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
       <c r="B164" t="s">
-        <v>230</v>
+        <v>214</v>
       </c>
       <c r="C164" t="s">
-        <v>11</v>
+        <v>21</v>
       </c>
       <c r="D164" t="s">
         <v>12</v>
       </c>
       <c r="E164" t="s">
-        <v>13</v>
+        <v>23</v>
       </c>
       <c r="F164" t="s">
         <v>14</v>
       </c>
       <c r="G164">
         <v>1.0</v>
       </c>
       <c r="H164">
         <v>0.5</v>
       </c>
       <c r="I164">
         <v>1.0</v>
       </c>
     </row>
     <row r="165" spans="1:9">
       <c r="A165" t="s">
         <v>231</v>
       </c>
       <c r="B165" t="s">
-        <v>50</v>
+        <v>40</v>
       </c>
       <c r="C165" t="s">
         <v>21</v>
       </c>
       <c r="D165" t="s">
         <v>12</v>
       </c>
       <c r="E165" t="s">
         <v>23</v>
       </c>
       <c r="F165" t="s">
-        <v>46</v>
+        <v>14</v>
       </c>
       <c r="G165">
         <v>1.0</v>
       </c>
       <c r="H165">
-        <v>0.5</v>
+        <v>2.0</v>
       </c>
       <c r="I165">
         <v>1.0</v>
       </c>
     </row>
     <row r="166" spans="1:9">
       <c r="A166" t="s">
         <v>232</v>
       </c>
       <c r="B166" t="s">
-        <v>10</v>
+        <v>233</v>
       </c>
       <c r="C166" t="s">
-        <v>21</v>
+        <v>11</v>
       </c>
       <c r="D166" t="s">
         <v>12</v>
       </c>
       <c r="E166" t="s">
-        <v>23</v>
+        <v>13</v>
       </c>
       <c r="F166" t="s">
-        <v>38</v>
+        <v>14</v>
       </c>
       <c r="G166">
         <v>1.0</v>
       </c>
       <c r="H166">
         <v>0.5</v>
       </c>
       <c r="I166">
         <v>1.0</v>
       </c>
     </row>
     <row r="167" spans="1:9">
       <c r="A167" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
       <c r="B167" t="s">
-        <v>107</v>
+        <v>50</v>
       </c>
       <c r="C167" t="s">
-        <v>11</v>
+        <v>21</v>
       </c>
       <c r="D167" t="s">
         <v>12</v>
       </c>
       <c r="E167" t="s">
         <v>23</v>
       </c>
       <c r="F167" t="s">
-        <v>14</v>
+        <v>46</v>
       </c>
       <c r="G167">
         <v>1.0</v>
       </c>
       <c r="H167">
         <v>0.5</v>
       </c>
       <c r="I167">
         <v>1.0</v>
       </c>
     </row>
     <row r="168" spans="1:9">
       <c r="A168" t="s">
-        <v>234</v>
+        <v>235</v>
       </c>
       <c r="B168" t="s">
-        <v>235</v>
+        <v>10</v>
       </c>
       <c r="C168" t="s">
         <v>21</v>
       </c>
       <c r="D168" t="s">
-        <v>31</v>
+        <v>12</v>
       </c>
       <c r="E168" t="s">
         <v>23</v>
       </c>
       <c r="F168" t="s">
-        <v>51</v>
+        <v>38</v>
       </c>
       <c r="G168">
         <v>1.0</v>
       </c>
       <c r="H168">
-        <v>1.0</v>
+        <v>0.5</v>
       </c>
       <c r="I168">
         <v>1.0</v>
       </c>
     </row>
     <row r="169" spans="1:9">
       <c r="A169" t="s">
         <v>236</v>
       </c>
       <c r="B169" t="s">
-        <v>151</v>
+        <v>107</v>
       </c>
       <c r="C169" t="s">
-        <v>152</v>
+        <v>11</v>
       </c>
       <c r="D169" t="s">
         <v>12</v>
       </c>
       <c r="E169" t="s">
         <v>23</v>
       </c>
       <c r="F169" t="s">
-        <v>32</v>
+        <v>14</v>
       </c>
       <c r="G169">
         <v>1.0</v>
       </c>
       <c r="H169">
         <v>0.5</v>
       </c>
       <c r="I169">
         <v>1.0</v>
       </c>
     </row>
     <row r="170" spans="1:9">
       <c r="A170" t="s">
         <v>237</v>
       </c>
       <c r="B170" t="s">
-        <v>214</v>
+        <v>238</v>
       </c>
       <c r="C170" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="D170" t="s">
-        <v>12</v>
+        <v>31</v>
       </c>
       <c r="E170" t="s">
         <v>23</v>
       </c>
       <c r="F170" t="s">
-        <v>14</v>
+        <v>51</v>
       </c>
       <c r="G170">
         <v>1.0</v>
       </c>
       <c r="H170">
-        <v>0.5</v>
+        <v>1.0</v>
       </c>
       <c r="I170">
         <v>1.0</v>
       </c>
     </row>
     <row r="171" spans="1:9">
       <c r="A171" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
       <c r="B171" t="s">
-        <v>40</v>
+        <v>214</v>
       </c>
       <c r="C171" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="D171" t="s">
         <v>12</v>
       </c>
       <c r="E171" t="s">
         <v>23</v>
       </c>
       <c r="F171" t="s">
         <v>14</v>
       </c>
       <c r="G171">
         <v>1.0</v>
       </c>
       <c r="H171">
         <v>0.5</v>
       </c>
       <c r="I171">
         <v>1.0</v>
       </c>
     </row>
     <row r="172" spans="1:9">
       <c r="A172" t="s">
-        <v>239</v>
+        <v>240</v>
       </c>
       <c r="B172" t="s">
         <v>151</v>
       </c>
       <c r="C172" t="s">
         <v>152</v>
       </c>
       <c r="D172" t="s">
         <v>12</v>
       </c>
       <c r="E172" t="s">
         <v>23</v>
       </c>
       <c r="F172" t="s">
-        <v>240</v>
+        <v>32</v>
       </c>
       <c r="G172">
         <v>1.0</v>
       </c>
       <c r="H172">
         <v>0.5</v>
       </c>
       <c r="I172">
         <v>1.0</v>
       </c>
     </row>
     <row r="173" spans="1:9">
       <c r="A173" t="s">
         <v>241</v>
       </c>
       <c r="B173" t="s">
         <v>40</v>
       </c>
       <c r="C173" t="s">
         <v>21</v>
       </c>
       <c r="D173" t="s">
         <v>12</v>
       </c>
       <c r="E173" t="s">