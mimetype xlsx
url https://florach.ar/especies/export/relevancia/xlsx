--- v1 (2025-12-28)
+++ v2 (2025-12-28)
@@ -365,56 +365,56 @@
   <si>
     <t>Adesmia volckmannii</t>
   </si>
   <si>
     <t>Brachyclados megalanthus</t>
   </si>
   <si>
     <t>Plantago patagonica</t>
   </si>
   <si>
     <t>Plantaginaceae</t>
   </si>
   <si>
     <t>Chuquiraga aurea</t>
   </si>
   <si>
     <t>Amsinckia calycina</t>
   </si>
   <si>
     <t>Boraginaceae</t>
   </si>
   <si>
     <t>Nassauvia sp</t>
   </si>
   <si>
+    <t>Acaena poeppigiana</t>
+  </si>
+  <si>
     <t>Chuquiraga straminea</t>
   </si>
   <si>
-    <t>Acaena poeppigiana</t>
-[...1 lines deleted...]
-  <si>
     <t>Ephedra ochreata</t>
   </si>
   <si>
     <t>Ephedraceae</t>
   </si>
   <si>
     <t>Gimnosperma</t>
   </si>
   <si>
     <t>Hoffmannseggia trifoliata</t>
   </si>
   <si>
     <t>Junellia spissa</t>
   </si>
   <si>
     <t>Atriplex sagittifolia</t>
   </si>
   <si>
     <t>Poa ligularis</t>
   </si>
   <si>
     <t>Adesmia lotoides</t>
   </si>
   <si>
     <t>Calceolaria polyrrhiza</t>
@@ -692,87 +692,87 @@
   <si>
     <t>Leucheria achillaeifolia</t>
   </si>
   <si>
     <t>Pinnasa bergii</t>
   </si>
   <si>
     <t>Loasaceae</t>
   </si>
   <si>
     <t>Baccharis linearis</t>
   </si>
   <si>
     <t>Adesmia longipes</t>
   </si>
   <si>
     <t>Cactacea sp</t>
   </si>
   <si>
     <t>No Definido</t>
   </si>
   <si>
     <t>Chenopodium album</t>
   </si>
   <si>
+    <t>Junellia tridactylites</t>
+  </si>
+  <si>
     <t>Ameghinoa patagonica</t>
   </si>
   <si>
-    <t>Junellia tridactylites</t>
-[...1 lines deleted...]
-  <si>
     <t>Lecanophora chubutensis</t>
   </si>
   <si>
+    <t>Lecanophora subacaulis</t>
+  </si>
+  <si>
     <t>Astragalus cruckshanksii</t>
   </si>
   <si>
-    <t>Lecanophora subacaulis</t>
-[...1 lines deleted...]
-  <si>
     <t>Astragalus pehuenches</t>
   </si>
   <si>
     <t>Galium aparine</t>
   </si>
   <si>
     <t>Rubiaceae</t>
   </si>
   <si>
     <t>Glandularia macrosperma</t>
   </si>
   <si>
     <t>Nassauvia chubutensis</t>
   </si>
   <si>
+    <t>Tristagma patagonicum</t>
+  </si>
+  <si>
+    <t>Amaryllidaceae</t>
+  </si>
+  <si>
     <t>Polygala desiderata</t>
-  </si>
-[...4 lines deleted...]
-    <t>Amaryllidaceae</t>
   </si>
   <si>
     <t>Corynabutilon bicolor</t>
   </si>
   <si>
     <t>Pterocactus australis</t>
   </si>
   <si>
     <t>Adesmia corymbosa</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -3099,98 +3099,98 @@
       </c>
       <c r="D69" t="s">
         <v>12</v>
       </c>
       <c r="E69" t="s">
         <v>23</v>
       </c>
       <c r="F69" t="s">
         <v>14</v>
       </c>
       <c r="G69">
         <v>5.1111</v>
       </c>
       <c r="H69">
         <v>9.0</v>
       </c>
       <c r="I69">
         <v>5.1111</v>
       </c>
     </row>
     <row r="70" spans="1:9">
       <c r="A70" t="s">
         <v>117</v>
       </c>
       <c r="B70" t="s">
-        <v>10</v>
+        <v>76</v>
       </c>
       <c r="C70" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="D70" t="s">
         <v>12</v>
       </c>
       <c r="E70" t="s">
         <v>23</v>
       </c>
       <c r="F70" t="s">
-        <v>46</v>
+        <v>14</v>
       </c>
       <c r="G70">
         <v>5.0</v>
       </c>
       <c r="H70">
-        <v>1.0</v>
+        <v>1.5</v>
       </c>
       <c r="I70">
         <v>5.0</v>
       </c>
     </row>
     <row r="71" spans="1:9">
       <c r="A71" t="s">
         <v>118</v>
       </c>
       <c r="B71" t="s">
-        <v>76</v>
+        <v>10</v>
       </c>
       <c r="C71" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="D71" t="s">
         <v>12</v>
       </c>
       <c r="E71" t="s">
         <v>23</v>
       </c>
       <c r="F71" t="s">
-        <v>14</v>
+        <v>46</v>
       </c>
       <c r="G71">
         <v>5.0</v>
       </c>
       <c r="H71">
-        <v>1.5</v>
+        <v>1.0</v>
       </c>
       <c r="I71">
         <v>5.0</v>
       </c>
     </row>
     <row r="72" spans="1:9">
       <c r="A72" t="s">
         <v>119</v>
       </c>
       <c r="B72" t="s">
         <v>120</v>
       </c>
       <c r="C72" t="s">
         <v>17</v>
       </c>
       <c r="D72" t="s">
         <v>121</v>
       </c>
       <c r="E72" t="s">
         <v>23</v>
       </c>
       <c r="F72" t="s">
         <v>32</v>
       </c>
       <c r="G72">
@@ -5709,167 +5709,167 @@
       </c>
       <c r="D159" t="s">
         <v>12</v>
       </c>
       <c r="E159" t="s">
         <v>13</v>
       </c>
       <c r="F159" t="s">
         <v>14</v>
       </c>
       <c r="G159">
         <v>1.0</v>
       </c>
       <c r="H159">
         <v>0.5</v>
       </c>
       <c r="I159">
         <v>1.0</v>
       </c>
     </row>
     <row r="160" spans="1:9">
       <c r="A160" t="s">
         <v>226</v>
       </c>
       <c r="B160" t="s">
-        <v>10</v>
+        <v>50</v>
       </c>
       <c r="C160" t="s">
         <v>17</v>
       </c>
       <c r="D160" t="s">
         <v>12</v>
       </c>
       <c r="E160" t="s">
         <v>23</v>
       </c>
       <c r="F160" t="s">
-        <v>46</v>
+        <v>14</v>
       </c>
       <c r="G160">
         <v>1.0</v>
       </c>
       <c r="H160">
         <v>0.5</v>
       </c>
       <c r="I160">
         <v>1.0</v>
       </c>
     </row>
     <row r="161" spans="1:9">
       <c r="A161" t="s">
         <v>227</v>
       </c>
       <c r="B161" t="s">
-        <v>50</v>
+        <v>10</v>
       </c>
       <c r="C161" t="s">
         <v>17</v>
       </c>
       <c r="D161" t="s">
         <v>12</v>
       </c>
       <c r="E161" t="s">
         <v>23</v>
       </c>
       <c r="F161" t="s">
-        <v>14</v>
+        <v>46</v>
       </c>
       <c r="G161">
         <v>1.0</v>
       </c>
       <c r="H161">
         <v>0.5</v>
       </c>
       <c r="I161">
         <v>1.0</v>
       </c>
     </row>
     <row r="162" spans="1:9">
       <c r="A162" t="s">
         <v>228</v>
       </c>
       <c r="B162" t="s">
         <v>214</v>
       </c>
       <c r="C162" t="s">
         <v>11</v>
       </c>
       <c r="D162" t="s">
         <v>12</v>
       </c>
       <c r="E162" t="s">
         <v>23</v>
       </c>
       <c r="F162" t="s">
         <v>46</v>
       </c>
       <c r="G162">
         <v>1.0</v>
       </c>
       <c r="H162">
         <v>0.5</v>
       </c>
       <c r="I162">
         <v>1.0</v>
       </c>
     </row>
     <row r="163" spans="1:9">
       <c r="A163" t="s">
         <v>229</v>
       </c>
       <c r="B163" t="s">
-        <v>40</v>
+        <v>214</v>
       </c>
       <c r="C163" t="s">
         <v>21</v>
       </c>
       <c r="D163" t="s">
         <v>12</v>
       </c>
       <c r="E163" t="s">
         <v>23</v>
       </c>
       <c r="F163" t="s">
         <v>14</v>
       </c>
       <c r="G163">
         <v>1.0</v>
       </c>
       <c r="H163">
         <v>0.5</v>
       </c>
       <c r="I163">
         <v>1.0</v>
       </c>
     </row>
     <row r="164" spans="1:9">
       <c r="A164" t="s">
         <v>230</v>
       </c>
       <c r="B164" t="s">
-        <v>214</v>
+        <v>40</v>
       </c>
       <c r="C164" t="s">
         <v>21</v>
       </c>
       <c r="D164" t="s">
         <v>12</v>
       </c>
       <c r="E164" t="s">
         <v>23</v>
       </c>
       <c r="F164" t="s">
         <v>14</v>
       </c>
       <c r="G164">
         <v>1.0</v>
       </c>
       <c r="H164">
         <v>0.5</v>
       </c>
       <c r="I164">
         <v>1.0</v>
       </c>
     </row>
     <row r="165" spans="1:9">
       <c r="A165" t="s">
@@ -5970,98 +5970,98 @@
       </c>
       <c r="D168" t="s">
         <v>12</v>
       </c>
       <c r="E168" t="s">
         <v>23</v>
       </c>
       <c r="F168" t="s">
         <v>38</v>
       </c>
       <c r="G168">
         <v>1.0</v>
       </c>
       <c r="H168">
         <v>0.5</v>
       </c>
       <c r="I168">
         <v>1.0</v>
       </c>
     </row>
     <row r="169" spans="1:9">
       <c r="A169" t="s">
         <v>236</v>
       </c>
       <c r="B169" t="s">
-        <v>107</v>
+        <v>237</v>
       </c>
       <c r="C169" t="s">
-        <v>11</v>
+        <v>21</v>
       </c>
       <c r="D169" t="s">
-        <v>12</v>
+        <v>31</v>
       </c>
       <c r="E169" t="s">
         <v>23</v>
       </c>
       <c r="F169" t="s">
-        <v>14</v>
+        <v>51</v>
       </c>
       <c r="G169">
         <v>1.0</v>
       </c>
       <c r="H169">
-        <v>0.5</v>
+        <v>1.0</v>
       </c>
       <c r="I169">
         <v>1.0</v>
       </c>
     </row>
     <row r="170" spans="1:9">
       <c r="A170" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
       <c r="B170" t="s">
-        <v>238</v>
+        <v>107</v>
       </c>
       <c r="C170" t="s">
-        <v>21</v>
+        <v>11</v>
       </c>
       <c r="D170" t="s">
-        <v>31</v>
+        <v>12</v>
       </c>
       <c r="E170" t="s">
         <v>23</v>
       </c>
       <c r="F170" t="s">
-        <v>51</v>
+        <v>14</v>
       </c>
       <c r="G170">
         <v>1.0</v>
       </c>
       <c r="H170">
-        <v>1.0</v>
+        <v>0.5</v>
       </c>
       <c r="I170">
         <v>1.0</v>
       </c>
     </row>
     <row r="171" spans="1:9">
       <c r="A171" t="s">
         <v>239</v>
       </c>
       <c r="B171" t="s">
         <v>214</v>
       </c>
       <c r="C171" t="s">
         <v>17</v>
       </c>
       <c r="D171" t="s">
         <v>12</v>
       </c>
       <c r="E171" t="s">
         <v>23</v>
       </c>
       <c r="F171" t="s">
         <v>14</v>
       </c>
       <c r="G171">