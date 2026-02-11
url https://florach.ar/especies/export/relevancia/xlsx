--- v2 (2025-12-28)
+++ v3 (2026-02-11)
@@ -314,56 +314,56 @@
   <si>
     <t>Berberis microphylla</t>
   </si>
   <si>
     <t>Berberidaceae</t>
   </si>
   <si>
     <t>Bassia scoparia</t>
   </si>
   <si>
     <t>Fabiana patagonica</t>
   </si>
   <si>
     <t>Brachyclados</t>
   </si>
   <si>
     <t>Mulguraea ligustrina</t>
   </si>
   <si>
     <t>Bougainvillea spinosa</t>
   </si>
   <si>
     <t>Nyctaginaceae</t>
   </si>
   <si>
+    <t>Baccharis spartioides</t>
+  </si>
+  <si>
     <t>Mulguraea tridens</t>
   </si>
   <si>
-    <t>Baccharis spartioides</t>
-[...1 lines deleted...]
-  <si>
     <t>Schinus johnstonii</t>
   </si>
   <si>
     <t>Poa lanuginosa</t>
   </si>
   <si>
     <t>Lycium chilense</t>
   </si>
   <si>
     <t>Senecio sp</t>
   </si>
   <si>
     <t>Polygonum aviculare</t>
   </si>
   <si>
     <t>Polygalaceae</t>
   </si>
   <si>
     <t>Larrea ameghinoi</t>
   </si>
   <si>
     <t>Adesmia volckmannii</t>
   </si>
   <si>
     <t>Brachyclados megalanthus</t>
@@ -413,68 +413,68 @@
   <si>
     <t>Poa ligularis</t>
   </si>
   <si>
     <t>Adesmia lotoides</t>
   </si>
   <si>
     <t>Calceolaria polyrrhiza</t>
   </si>
   <si>
     <t>Calceolariaceae</t>
   </si>
   <si>
     <t>Pectocarya linearis</t>
   </si>
   <si>
     <t>Junellia sp</t>
   </si>
   <si>
     <t>Junellia seriphioides</t>
   </si>
   <si>
     <t>Baccharis darwinii</t>
   </si>
   <si>
+    <t>Junellia micrantha</t>
+  </si>
+  <si>
     <t>Junellia thymifolia</t>
   </si>
   <si>
     <t>Junellia tonini</t>
   </si>
   <si>
     <t>Azorella sp</t>
   </si>
   <si>
     <t>Cryptantha globulifera</t>
   </si>
   <si>
     <t>Hypochaeris incana</t>
   </si>
   <si>
-    <t>Junellia micrantha</t>
-[...1 lines deleted...]
-  <si>
     <t>Nardophyllum  chiliotrichioides</t>
   </si>
   <si>
     <t>Discaria americana</t>
   </si>
   <si>
     <t>Senecio bracteolatus</t>
   </si>
   <si>
     <t>Olsynium junceum</t>
   </si>
   <si>
     <t>Iridaceae</t>
   </si>
   <si>
     <t>Hordeum comosum</t>
   </si>
   <si>
     <t>Ephedra chilensis</t>
   </si>
   <si>
     <t>Polygala darwiniana</t>
   </si>
   <si>
     <t>Lycium gilliesianum</t>
@@ -566,222 +566,222 @@
   <si>
     <t>Carex subantarctica</t>
   </si>
   <si>
     <t>Cyperaceae</t>
   </si>
   <si>
     <t>Euphorbia collina</t>
   </si>
   <si>
     <t>Gilia crassifolia</t>
   </si>
   <si>
     <t>Polemoniaceae</t>
   </si>
   <si>
     <t>Senecio subulatus</t>
   </si>
   <si>
     <t>Sisyrinchium arenarium</t>
   </si>
   <si>
     <t>Bromus setifolius</t>
   </si>
   <si>
+    <t>Mutisia retrorsa</t>
+  </si>
+  <si>
+    <t>Boopis anthemoides</t>
+  </si>
+  <si>
+    <t>Calyceraceae</t>
+  </si>
+  <si>
     <t>Montiopsis copiapina</t>
   </si>
   <si>
     <t>Montiaceae</t>
   </si>
   <si>
-    <t>Boopis anthemoides</t>
-[...7 lines deleted...]
-  <si>
     <t>Zephyranthes gilliesiana</t>
   </si>
   <si>
     <t>Hoffmannseggia erecta</t>
   </si>
   <si>
     <t>Lepidium perfoliatum</t>
   </si>
   <si>
     <t>Doniophyton anomalum</t>
   </si>
   <si>
     <t>Duseniella patagonica</t>
   </si>
   <si>
     <t>Neosparton aphyllum</t>
   </si>
   <si>
     <t>Fabiana nana</t>
   </si>
   <si>
     <t>Perezia pilifera</t>
   </si>
   <si>
     <t>Senecio sericeonitens</t>
   </si>
   <si>
     <t>Perezia sp</t>
   </si>
   <si>
     <t>Phacelia secunda var secunda</t>
   </si>
   <si>
     <t>Phacelia sinuata</t>
   </si>
   <si>
     <t>Adesmia candida</t>
   </si>
   <si>
     <t>Maihueniopsis darwinii</t>
   </si>
   <si>
     <t>Adesmia villosa</t>
   </si>
   <si>
     <t>Tetraglochin alata</t>
   </si>
   <si>
+    <t>Suaeda patagonica Speg</t>
+  </si>
+  <si>
     <t>Baccharis tenella</t>
   </si>
   <si>
     <t>Solanum triflorum</t>
   </si>
   <si>
     <t>Adesmia ameghinoi</t>
   </si>
   <si>
-    <t>Suaeda patagonica Speg</t>
-[...1 lines deleted...]
-  <si>
     <t>Arjona tuberosa</t>
   </si>
   <si>
     <t>Camissonia dentata</t>
   </si>
   <si>
     <t>Onagraceae</t>
   </si>
   <si>
     <t>Perezia recurvata</t>
   </si>
   <si>
     <t>Sphaeralcea mendocina</t>
   </si>
   <si>
     <t>Malvaceae</t>
   </si>
   <si>
     <t>Austrocactus patagonico</t>
   </si>
   <si>
     <t>Camelina microcarpa</t>
   </si>
   <si>
     <t>Brachyclados caespitosus</t>
   </si>
   <si>
     <t>Leucheria achillaeifolia</t>
   </si>
   <si>
     <t>Pinnasa bergii</t>
   </si>
   <si>
     <t>Loasaceae</t>
   </si>
   <si>
     <t>Baccharis linearis</t>
   </si>
   <si>
+    <t>Adesmia corymbosa</t>
+  </si>
+  <si>
     <t>Adesmia longipes</t>
   </si>
   <si>
     <t>Cactacea sp</t>
   </si>
   <si>
     <t>No Definido</t>
   </si>
   <si>
     <t>Chenopodium album</t>
   </si>
   <si>
     <t>Junellia tridactylites</t>
   </si>
   <si>
     <t>Ameghinoa patagonica</t>
   </si>
   <si>
     <t>Lecanophora chubutensis</t>
   </si>
   <si>
+    <t>Astragalus cruckshanksii</t>
+  </si>
+  <si>
     <t>Lecanophora subacaulis</t>
   </si>
   <si>
-    <t>Astragalus cruckshanksii</t>
-[...1 lines deleted...]
-  <si>
     <t>Astragalus pehuenches</t>
   </si>
   <si>
     <t>Galium aparine</t>
   </si>
   <si>
     <t>Rubiaceae</t>
   </si>
   <si>
     <t>Glandularia macrosperma</t>
   </si>
   <si>
     <t>Nassauvia chubutensis</t>
   </si>
   <si>
+    <t>Polygala desiderata</t>
+  </si>
+  <si>
     <t>Tristagma patagonicum</t>
   </si>
   <si>
     <t>Amaryllidaceae</t>
   </si>
   <si>
-    <t>Polygala desiderata</t>
+    <t>Pterocactus australis</t>
   </si>
   <si>
     <t>Corynabutilon bicolor</t>
-  </si>
-[...4 lines deleted...]
-    <t>Adesmia corymbosa</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -2693,98 +2693,98 @@
       </c>
       <c r="D55" t="s">
         <v>12</v>
       </c>
       <c r="E55" t="s">
         <v>18</v>
       </c>
       <c r="F55" t="s">
         <v>32</v>
       </c>
       <c r="G55">
         <v>6.1081</v>
       </c>
       <c r="H55">
         <v>18.5</v>
       </c>
       <c r="I55">
         <v>6.1081</v>
       </c>
     </row>
     <row r="56" spans="1:9">
       <c r="A56" t="s">
         <v>100</v>
       </c>
       <c r="B56" t="s">
-        <v>50</v>
+        <v>10</v>
       </c>
       <c r="C56" t="s">
         <v>17</v>
       </c>
       <c r="D56" t="s">
         <v>12</v>
       </c>
       <c r="E56" t="s">
         <v>23</v>
       </c>
       <c r="F56" t="s">
         <v>14</v>
       </c>
       <c r="G56">
         <v>6.0</v>
       </c>
       <c r="H56">
-        <v>1.0</v>
+        <v>4.5</v>
       </c>
       <c r="I56">
         <v>6.0</v>
       </c>
     </row>
     <row r="57" spans="1:9">
       <c r="A57" t="s">
         <v>101</v>
       </c>
       <c r="B57" t="s">
-        <v>10</v>
+        <v>50</v>
       </c>
       <c r="C57" t="s">
         <v>17</v>
       </c>
       <c r="D57" t="s">
         <v>12</v>
       </c>
       <c r="E57" t="s">
         <v>23</v>
       </c>
       <c r="F57" t="s">
         <v>14</v>
       </c>
       <c r="G57">
         <v>6.0</v>
       </c>
       <c r="H57">
-        <v>4.5</v>
+        <v>1.0</v>
       </c>
       <c r="I57">
         <v>6.0</v>
       </c>
     </row>
     <row r="58" spans="1:9">
       <c r="A58" t="s">
         <v>102</v>
       </c>
       <c r="B58" t="s">
         <v>57</v>
       </c>
       <c r="C58" t="s">
         <v>17</v>
       </c>
       <c r="D58" t="s">
         <v>12</v>
       </c>
       <c r="E58" t="s">
         <v>23</v>
       </c>
       <c r="F58" t="s">
         <v>28</v>
       </c>
       <c r="G58">
@@ -3494,196 +3494,196 @@
       </c>
     </row>
     <row r="83" spans="1:9">
       <c r="A83" t="s">
         <v>133</v>
       </c>
       <c r="B83" t="s">
         <v>50</v>
       </c>
       <c r="C83" t="s">
         <v>17</v>
       </c>
       <c r="D83" t="s">
         <v>12</v>
       </c>
       <c r="E83" t="s">
         <v>23</v>
       </c>
       <c r="F83" t="s">
         <v>14</v>
       </c>
       <c r="G83">
         <v>4.0</v>
       </c>
       <c r="H83">
-        <v>1.0</v>
+        <v>0.5</v>
       </c>
       <c r="I83">
         <v>4.0</v>
       </c>
     </row>
     <row r="84" spans="1:9">
       <c r="A84" t="s">
         <v>134</v>
       </c>
       <c r="B84" t="s">
         <v>50</v>
       </c>
       <c r="C84" t="s">
         <v>17</v>
       </c>
       <c r="D84" t="s">
         <v>12</v>
       </c>
       <c r="E84" t="s">
         <v>23</v>
       </c>
       <c r="F84" t="s">
         <v>14</v>
       </c>
       <c r="G84">
         <v>4.0</v>
       </c>
       <c r="H84">
-        <v>4.5</v>
+        <v>1.0</v>
       </c>
       <c r="I84">
         <v>4.0</v>
       </c>
     </row>
     <row r="85" spans="1:9">
       <c r="A85" t="s">
         <v>135</v>
       </c>
       <c r="B85" t="s">
-        <v>78</v>
+        <v>50</v>
       </c>
       <c r="C85" t="s">
         <v>17</v>
       </c>
       <c r="D85" t="s">
         <v>12</v>
       </c>
       <c r="E85" t="s">
         <v>23</v>
       </c>
       <c r="F85" t="s">
-        <v>32</v>
+        <v>14</v>
       </c>
       <c r="G85">
         <v>4.0</v>
       </c>
       <c r="H85">
-        <v>1.5</v>
+        <v>4.5</v>
       </c>
       <c r="I85">
         <v>4.0</v>
       </c>
     </row>
     <row r="86" spans="1:9">
       <c r="A86" t="s">
         <v>136</v>
       </c>
       <c r="B86" t="s">
-        <v>115</v>
+        <v>78</v>
       </c>
       <c r="C86" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="D86" t="s">
         <v>12</v>
       </c>
       <c r="E86" t="s">
         <v>23</v>
       </c>
       <c r="F86" t="s">
-        <v>14</v>
+        <v>32</v>
       </c>
       <c r="G86">
         <v>4.0</v>
       </c>
       <c r="H86">
-        <v>5.5</v>
+        <v>1.5</v>
       </c>
       <c r="I86">
         <v>4.0</v>
       </c>
     </row>
     <row r="87" spans="1:9">
       <c r="A87" t="s">
         <v>137</v>
       </c>
       <c r="B87" t="s">
-        <v>10</v>
+        <v>115</v>
       </c>
       <c r="C87" t="s">
-        <v>21</v>
+        <v>11</v>
       </c>
       <c r="D87" t="s">
         <v>12</v>
       </c>
       <c r="E87" t="s">
         <v>23</v>
       </c>
       <c r="F87" t="s">
-        <v>32</v>
+        <v>14</v>
       </c>
       <c r="G87">
         <v>4.0</v>
       </c>
       <c r="H87">
-        <v>1.0</v>
+        <v>5.5</v>
       </c>
       <c r="I87">
         <v>4.0</v>
       </c>
     </row>
     <row r="88" spans="1:9">
       <c r="A88" t="s">
         <v>138</v>
       </c>
       <c r="B88" t="s">
-        <v>50</v>
+        <v>10</v>
       </c>
       <c r="C88" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="D88" t="s">
         <v>12</v>
       </c>
       <c r="E88" t="s">
         <v>23</v>
       </c>
       <c r="F88" t="s">
-        <v>14</v>
+        <v>32</v>
       </c>
       <c r="G88">
         <v>4.0</v>
       </c>
       <c r="H88">
-        <v>0.5</v>
+        <v>1.0</v>
       </c>
       <c r="I88">
         <v>4.0</v>
       </c>
     </row>
     <row r="89" spans="1:9">
       <c r="A89" t="s">
         <v>139</v>
       </c>
       <c r="B89" t="s">
         <v>10</v>
       </c>
       <c r="C89" t="s">
         <v>17</v>
       </c>
       <c r="D89" t="s">
         <v>12</v>
       </c>
       <c r="E89" t="s">
         <v>23</v>
       </c>
       <c r="F89" t="s">
         <v>14</v>
       </c>
       <c r="G89">
@@ -4665,121 +4665,121 @@
       </c>
       <c r="D123" t="s">
         <v>31</v>
       </c>
       <c r="E123" t="s">
         <v>23</v>
       </c>
       <c r="F123" t="s">
         <v>14</v>
       </c>
       <c r="G123">
         <v>2.25</v>
       </c>
       <c r="H123">
         <v>14.0</v>
       </c>
       <c r="I123">
         <v>2.25</v>
       </c>
     </row>
     <row r="124" spans="1:9">
       <c r="A124" t="s">
         <v>184</v>
       </c>
       <c r="B124" t="s">
-        <v>185</v>
+        <v>10</v>
       </c>
       <c r="C124" t="s">
-        <v>11</v>
+        <v>27</v>
       </c>
       <c r="D124" t="s">
         <v>12</v>
       </c>
       <c r="E124" t="s">
         <v>23</v>
       </c>
       <c r="F124" t="s">
-        <v>14</v>
+        <v>46</v>
       </c>
       <c r="G124">
         <v>2.2</v>
       </c>
       <c r="H124">
         <v>2.5</v>
       </c>
       <c r="I124">
         <v>2.2</v>
       </c>
     </row>
     <row r="125" spans="1:9">
       <c r="A125" t="s">
+        <v>185</v>
+      </c>
+      <c r="B125" t="s">
         <v>186</v>
-      </c>
-[...1 lines deleted...]
-        <v>187</v>
       </c>
       <c r="C125" t="s">
         <v>21</v>
       </c>
       <c r="D125" t="s">
         <v>12</v>
       </c>
       <c r="E125" t="s">
         <v>23</v>
       </c>
       <c r="F125" t="s">
         <v>28</v>
       </c>
       <c r="G125">
         <v>2.2</v>
       </c>
       <c r="H125">
         <v>15.0</v>
       </c>
       <c r="I125">
         <v>2.2</v>
       </c>
     </row>
     <row r="126" spans="1:9">
       <c r="A126" t="s">
+        <v>187</v>
+      </c>
+      <c r="B126" t="s">
         <v>188</v>
       </c>
-      <c r="B126" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C126" t="s">
-        <v>27</v>
+        <v>11</v>
       </c>
       <c r="D126" t="s">
         <v>12</v>
       </c>
       <c r="E126" t="s">
         <v>23</v>
       </c>
       <c r="F126" t="s">
-        <v>46</v>
+        <v>14</v>
       </c>
       <c r="G126">
         <v>2.2</v>
       </c>
       <c r="H126">
         <v>2.5</v>
       </c>
       <c r="I126">
         <v>2.2</v>
       </c>
     </row>
     <row r="127" spans="1:9">
       <c r="A127" t="s">
         <v>189</v>
       </c>
       <c r="B127" t="s">
         <v>48</v>
       </c>
       <c r="C127" t="s">
         <v>21</v>
       </c>
       <c r="D127" t="s">
         <v>31</v>
       </c>
       <c r="E127" t="s">
@@ -5216,150 +5216,150 @@
       </c>
       <c r="D142" t="s">
         <v>12</v>
       </c>
       <c r="E142" t="s">
         <v>18</v>
       </c>
       <c r="F142" t="s">
         <v>14</v>
       </c>
       <c r="G142">
         <v>1.7273</v>
       </c>
       <c r="H142">
         <v>11.0</v>
       </c>
       <c r="I142">
         <v>1.7273</v>
       </c>
     </row>
     <row r="143" spans="1:9">
       <c r="A143" t="s">
         <v>205</v>
       </c>
       <c r="B143" t="s">
-        <v>10</v>
+        <v>26</v>
       </c>
       <c r="C143" t="s">
-        <v>21</v>
+        <v>11</v>
       </c>
       <c r="D143" t="s">
         <v>12</v>
       </c>
       <c r="E143" t="s">
         <v>23</v>
       </c>
       <c r="F143" t="s">
-        <v>46</v>
+        <v>14</v>
       </c>
       <c r="G143">
         <v>1.6667</v>
       </c>
       <c r="H143">
-        <v>4.5</v>
+        <v>1.5</v>
       </c>
       <c r="I143">
         <v>1.6667</v>
       </c>
     </row>
     <row r="144" spans="1:9">
       <c r="A144" t="s">
         <v>206</v>
       </c>
       <c r="B144" t="s">
-        <v>143</v>
+        <v>10</v>
       </c>
       <c r="C144" t="s">
-        <v>11</v>
+        <v>21</v>
       </c>
       <c r="D144" t="s">
         <v>12</v>
       </c>
       <c r="E144" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="F144" t="s">
-        <v>14</v>
+        <v>46</v>
       </c>
       <c r="G144">
         <v>1.6667</v>
       </c>
       <c r="H144">
-        <v>1.5</v>
+        <v>4.5</v>
       </c>
       <c r="I144">
         <v>1.6667</v>
       </c>
     </row>
     <row r="145" spans="1:9">
       <c r="A145" t="s">
         <v>207</v>
       </c>
       <c r="B145" t="s">
-        <v>40</v>
+        <v>143</v>
       </c>
       <c r="C145" t="s">
-        <v>27</v>
+        <v>11</v>
       </c>
       <c r="D145" t="s">
         <v>12</v>
       </c>
       <c r="E145" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="F145" t="s">
-        <v>51</v>
+        <v>14</v>
       </c>
       <c r="G145">
         <v>1.6667</v>
       </c>
       <c r="H145">
         <v>1.5</v>
       </c>
       <c r="I145">
         <v>1.6667</v>
       </c>
     </row>
     <row r="146" spans="1:9">
       <c r="A146" t="s">
         <v>208</v>
       </c>
       <c r="B146" t="s">
-        <v>26</v>
+        <v>40</v>
       </c>
       <c r="C146" t="s">
-        <v>11</v>
+        <v>27</v>
       </c>
       <c r="D146" t="s">
         <v>12</v>
       </c>
       <c r="E146" t="s">
         <v>23</v>
       </c>
       <c r="F146" t="s">
-        <v>14</v>
+        <v>51</v>
       </c>
       <c r="G146">
         <v>1.6667</v>
       </c>
       <c r="H146">
         <v>1.5</v>
       </c>
       <c r="I146">
         <v>1.6667</v>
       </c>
     </row>
     <row r="147" spans="1:9">
       <c r="A147" t="s">
         <v>209</v>
       </c>
       <c r="B147" t="s">
         <v>173</v>
       </c>
       <c r="C147" t="s">
         <v>21</v>
       </c>
       <c r="D147" t="s">
         <v>12</v>
       </c>
       <c r="E147" t="s">
@@ -5651,489 +5651,489 @@
       </c>
       <c r="D157" t="s">
         <v>12</v>
       </c>
       <c r="E157" t="s">
         <v>23</v>
       </c>
       <c r="F157" t="s">
         <v>14</v>
       </c>
       <c r="G157">
         <v>1.0</v>
       </c>
       <c r="H157">
         <v>0.5</v>
       </c>
       <c r="I157">
         <v>1.0</v>
       </c>
     </row>
     <row r="158" spans="1:9">
       <c r="A158" t="s">
         <v>223</v>
       </c>
       <c r="B158" t="s">
-        <v>151</v>
+        <v>40</v>
       </c>
       <c r="C158" t="s">
-        <v>152</v>
+        <v>21</v>
       </c>
       <c r="D158" t="s">
         <v>12</v>
       </c>
       <c r="E158" t="s">
         <v>23</v>
       </c>
       <c r="F158" t="s">
-        <v>224</v>
+        <v>14</v>
       </c>
       <c r="G158">
         <v>1.0</v>
       </c>
       <c r="H158">
         <v>0.5</v>
       </c>
       <c r="I158">
         <v>1.0</v>
       </c>
     </row>
     <row r="159" spans="1:9">
       <c r="A159" t="s">
+        <v>224</v>
+      </c>
+      <c r="B159" t="s">
+        <v>151</v>
+      </c>
+      <c r="C159" t="s">
+        <v>152</v>
+      </c>
+      <c r="D159" t="s">
+        <v>12</v>
+      </c>
+      <c r="E159" t="s">
+        <v>23</v>
+      </c>
+      <c r="F159" t="s">
         <v>225</v>
-      </c>
-[...13 lines deleted...]
-        <v>14</v>
       </c>
       <c r="G159">
         <v>1.0</v>
       </c>
       <c r="H159">
         <v>0.5</v>
       </c>
       <c r="I159">
         <v>1.0</v>
       </c>
     </row>
     <row r="160" spans="1:9">
       <c r="A160" t="s">
         <v>226</v>
       </c>
       <c r="B160" t="s">
-        <v>50</v>
+        <v>26</v>
       </c>
       <c r="C160" t="s">
-        <v>17</v>
+        <v>11</v>
       </c>
       <c r="D160" t="s">
         <v>12</v>
       </c>
       <c r="E160" t="s">
-        <v>23</v>
+        <v>13</v>
       </c>
       <c r="F160" t="s">
         <v>14</v>
       </c>
       <c r="G160">
         <v>1.0</v>
       </c>
       <c r="H160">
         <v>0.5</v>
       </c>
       <c r="I160">
         <v>1.0</v>
       </c>
     </row>
     <row r="161" spans="1:9">
       <c r="A161" t="s">
         <v>227</v>
       </c>
       <c r="B161" t="s">
-        <v>10</v>
+        <v>50</v>
       </c>
       <c r="C161" t="s">
         <v>17</v>
       </c>
       <c r="D161" t="s">
         <v>12</v>
       </c>
       <c r="E161" t="s">
         <v>23</v>
       </c>
       <c r="F161" t="s">
-        <v>46</v>
+        <v>14</v>
       </c>
       <c r="G161">
         <v>1.0</v>
       </c>
       <c r="H161">
         <v>0.5</v>
       </c>
       <c r="I161">
         <v>1.0</v>
       </c>
     </row>
     <row r="162" spans="1:9">
       <c r="A162" t="s">
         <v>228</v>
       </c>
       <c r="B162" t="s">
-        <v>214</v>
+        <v>10</v>
       </c>
       <c r="C162" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="D162" t="s">
         <v>12</v>
       </c>
       <c r="E162" t="s">
         <v>23</v>
       </c>
       <c r="F162" t="s">
         <v>46</v>
       </c>
       <c r="G162">
         <v>1.0</v>
       </c>
       <c r="H162">
         <v>0.5</v>
       </c>
       <c r="I162">
         <v>1.0</v>
       </c>
     </row>
     <row r="163" spans="1:9">
       <c r="A163" t="s">
         <v>229</v>
       </c>
       <c r="B163" t="s">
         <v>214</v>
       </c>
       <c r="C163" t="s">
-        <v>21</v>
+        <v>11</v>
       </c>
       <c r="D163" t="s">
         <v>12</v>
       </c>
       <c r="E163" t="s">
         <v>23</v>
       </c>
       <c r="F163" t="s">
-        <v>14</v>
+        <v>46</v>
       </c>
       <c r="G163">
         <v>1.0</v>
       </c>
       <c r="H163">
         <v>0.5</v>
       </c>
       <c r="I163">
         <v>1.0</v>
       </c>
     </row>
     <row r="164" spans="1:9">
       <c r="A164" t="s">
         <v>230</v>
       </c>
       <c r="B164" t="s">
         <v>40</v>
       </c>
       <c r="C164" t="s">
         <v>21</v>
       </c>
       <c r="D164" t="s">
         <v>12</v>
       </c>
       <c r="E164" t="s">
         <v>23</v>
       </c>
       <c r="F164" t="s">
         <v>14</v>
       </c>
       <c r="G164">
         <v>1.0</v>
       </c>
       <c r="H164">
         <v>0.5</v>
       </c>
       <c r="I164">
         <v>1.0</v>
       </c>
     </row>
     <row r="165" spans="1:9">
       <c r="A165" t="s">
         <v>231</v>
       </c>
       <c r="B165" t="s">
-        <v>40</v>
+        <v>214</v>
       </c>
       <c r="C165" t="s">
         <v>21</v>
       </c>
       <c r="D165" t="s">
         <v>12</v>
       </c>
       <c r="E165" t="s">
         <v>23</v>
       </c>
       <c r="F165" t="s">
         <v>14</v>
       </c>
       <c r="G165">
         <v>1.0</v>
       </c>
       <c r="H165">
-        <v>2.0</v>
+        <v>0.5</v>
       </c>
       <c r="I165">
         <v>1.0</v>
       </c>
     </row>
     <row r="166" spans="1:9">
       <c r="A166" t="s">
         <v>232</v>
       </c>
       <c r="B166" t="s">
-        <v>233</v>
+        <v>40</v>
       </c>
       <c r="C166" t="s">
-        <v>11</v>
+        <v>21</v>
       </c>
       <c r="D166" t="s">
         <v>12</v>
       </c>
       <c r="E166" t="s">
-        <v>13</v>
+        <v>23</v>
       </c>
       <c r="F166" t="s">
         <v>14</v>
       </c>
       <c r="G166">
         <v>1.0</v>
       </c>
       <c r="H166">
-        <v>0.5</v>
+        <v>2.0</v>
       </c>
       <c r="I166">
         <v>1.0</v>
       </c>
     </row>
     <row r="167" spans="1:9">
       <c r="A167" t="s">
+        <v>233</v>
+      </c>
+      <c r="B167" t="s">
         <v>234</v>
       </c>
-      <c r="B167" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C167" t="s">
-        <v>21</v>
+        <v>11</v>
       </c>
       <c r="D167" t="s">
         <v>12</v>
       </c>
       <c r="E167" t="s">
-        <v>23</v>
+        <v>13</v>
       </c>
       <c r="F167" t="s">
-        <v>46</v>
+        <v>14</v>
       </c>
       <c r="G167">
         <v>1.0</v>
       </c>
       <c r="H167">
         <v>0.5</v>
       </c>
       <c r="I167">
         <v>1.0</v>
       </c>
     </row>
     <row r="168" spans="1:9">
       <c r="A168" t="s">
         <v>235</v>
       </c>
       <c r="B168" t="s">
-        <v>10</v>
+        <v>50</v>
       </c>
       <c r="C168" t="s">
         <v>21</v>
       </c>
       <c r="D168" t="s">
         <v>12</v>
       </c>
       <c r="E168" t="s">
         <v>23</v>
       </c>
       <c r="F168" t="s">
-        <v>38</v>
+        <v>46</v>
       </c>
       <c r="G168">
         <v>1.0</v>
       </c>
       <c r="H168">
         <v>0.5</v>
       </c>
       <c r="I168">
         <v>1.0</v>
       </c>
     </row>
     <row r="169" spans="1:9">
       <c r="A169" t="s">
         <v>236</v>
       </c>
       <c r="B169" t="s">
-        <v>237</v>
+        <v>10</v>
       </c>
       <c r="C169" t="s">
         <v>21</v>
       </c>
       <c r="D169" t="s">
-        <v>31</v>
+        <v>12</v>
       </c>
       <c r="E169" t="s">
         <v>23</v>
       </c>
       <c r="F169" t="s">
-        <v>51</v>
+        <v>38</v>
       </c>
       <c r="G169">
         <v>1.0</v>
       </c>
       <c r="H169">
-        <v>1.0</v>
+        <v>0.5</v>
       </c>
       <c r="I169">
         <v>1.0</v>
       </c>
     </row>
     <row r="170" spans="1:9">
       <c r="A170" t="s">
-        <v>238</v>
+        <v>237</v>
       </c>
       <c r="B170" t="s">
         <v>107</v>
       </c>
       <c r="C170" t="s">
         <v>11</v>
       </c>
       <c r="D170" t="s">
         <v>12</v>
       </c>
       <c r="E170" t="s">
         <v>23</v>
       </c>
       <c r="F170" t="s">
         <v>14</v>
       </c>
       <c r="G170">
         <v>1.0</v>
       </c>
       <c r="H170">
         <v>0.5</v>
       </c>
       <c r="I170">
         <v>1.0</v>
       </c>
     </row>
     <row r="171" spans="1:9">
       <c r="A171" t="s">
+        <v>238</v>
+      </c>
+      <c r="B171" t="s">
         <v>239</v>
       </c>
-      <c r="B171" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C171" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="D171" t="s">
-        <v>12</v>
+        <v>31</v>
       </c>
       <c r="E171" t="s">
         <v>23</v>
       </c>
       <c r="F171" t="s">
-        <v>14</v>
+        <v>51</v>
       </c>
       <c r="G171">
         <v>1.0</v>
       </c>
       <c r="H171">
-        <v>0.5</v>
+        <v>1.0</v>
       </c>
       <c r="I171">
         <v>1.0</v>
       </c>
     </row>
     <row r="172" spans="1:9">
       <c r="A172" t="s">
         <v>240</v>
       </c>
       <c r="B172" t="s">
         <v>151</v>
       </c>
       <c r="C172" t="s">
         <v>152</v>
       </c>
       <c r="D172" t="s">
         <v>12</v>
       </c>
       <c r="E172" t="s">
         <v>23</v>
       </c>
       <c r="F172" t="s">
         <v>32</v>
       </c>
       <c r="G172">
         <v>1.0</v>
       </c>
       <c r="H172">
         <v>0.5</v>
       </c>
       <c r="I172">
         <v>1.0</v>
       </c>
     </row>
     <row r="173" spans="1:9">
       <c r="A173" t="s">
         <v>241</v>
       </c>
       <c r="B173" t="s">
-        <v>40</v>
+        <v>214</v>
       </c>
       <c r="C173" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="D173" t="s">
         <v>12</v>
       </c>
       <c r="E173" t="s">
         <v>23</v>
       </c>
       <c r="F173" t="s">
         <v>14</v>
       </c>
       <c r="G173">
         <v>1.0</v>
       </c>
       <c r="H173">
         <v>0.5</v>
       </c>
       <c r="I173">
         <v>1.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">